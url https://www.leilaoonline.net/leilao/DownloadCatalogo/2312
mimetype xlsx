--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,6907 +269,6047 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166889", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166889", " Relógio de coluna oriental,Tempos Fugit, de corda. Tamanho:1m e 32cm. funcionado com chave a corda.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166920", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166920", " Máquina de bolinhas Vending Machine")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166921", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166921", " Lustre de 6 bocais, em metal 51cm altura x 63cm de diâmetro")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166891", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166891", " Projetor LCD Sharp Vision XV-S55U")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166911", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166911", " Roberto Burle Marx - 1989 - "Panneux". Tinta gráfica sobre tecido montado em estrutura de madeira (chassi), com moldura baguete de cedro. Assinado e datado no C.I.D. Obra med.122x102")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166890", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166890", " Relogio Bolso Vacheron Constantin, Ouro 18k, Original ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166916", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166916", " Jogo importado em porcelana japonesa")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166892", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166892", " Luminária em petit bronze  altura 64 cm")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166902", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166902", " Conjunto importado japonês")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166894", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166894", " Floreiro em vidroaltura 20 cm")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166909", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166909", " Mini escultura de bronze na base de mármore, Mr. Bean. 19cm")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166905", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166905", " Receiver e amplificador Sony STR -K880 – saídas para 08 falantes mais de 1.000w RMS, não funciona, não está ligando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166912", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166912", " Xícara de café, importada do japão de coleção, porcelana casca de ovo")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166900", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166900", " Prato decorativo importado do japao pintado a mão, diâmetro:20,5cm")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166899", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166899", " 2 conjuntos europeu, 1° - com 5 cálices para vinho, 2° - com 6 taças para licor, em demi cristal Saint Louis")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166914", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166914", " Prato portuguesa , diâmetro:19cm")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166918", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166918", " Prato de coleção em fina porcelana ALEMÃ, adornado em fio de ouro 20 cm de diam")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166910", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166910", " Centro de Mesa Boliviano em metal, 22cm")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166928", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166928", " Escultura em Bronze, Artisita: Piazi -  30cm - peça reconhecida e assinada")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166906", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166906", " Game Watch Chef 1981, em ótimo estado de conservação, funcionando até o momento, sem garantias futuras")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166895", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166895", " Centro de mesa de cristal  Base de metal. tamanho:33 cm. de diametro e 15 de altura")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166901", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166901", " Espelho de mão em bronze, 25cm")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166913", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166913", " Medalha de ouro, comemoração de 1 milhão de Fuscas fabricados no Brasil - 1970 - SBC - Diâmetro 22mm - Peso 7g - Material - Ouro (900) - Gravador - A.M")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166893", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166893", " Broches ouro de ex funcionário, comemorativos volkswagen 10 e 15 anos")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166924", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166924", " Cadeira em madeira maciça, década de 70, desenhos de frisos pés e encosto alto, medindo 105x45x45")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166907", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166907", " Moeda 1951, Canada, 5 Cents, Commemorative George VI Nickel Coins, premiação na cidade de Sudbury Canadá, rara")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166927", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166927", " Tamancos de madeira, holandês, entalhados à mão. 32cm")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166896", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166896", " Bule século XX. indiano  importado, em bronze, altura 22 cm")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166923", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166923", " Escultura em madeira, peça com movimento, 30cm")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166935", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166935", " Bule árabe em metal com altura 18,5cm")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166930", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166930", " Potiche africano em cerâmica patinada, realçado a ouro, 77cm")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166898", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166898", " Placa tailandesa em madeira nobre patinada, esculpida e pintada a mao, entalhada, realçada a prata, representando Med 18x100 cm")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166925", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166925", " Brasão das armas, inglês, madeira nobre com aplicações em resina, metal e tecido aveludado. Med 96x77 cm")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166917", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166917", " Escultura de madeira nobre entalhada, de Cão. 50cm de altura. 30cm de largura")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166926", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166926", " Escultura importada, anjo, em resina italiana Montefiori, em rica policromia, acompanha caixa original, marcado com etiqueta original na parte posterior. Medidas: 30 cm de altura x 20 cm de largura")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166931", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166931", " Prato de parede decorativo em pewter, 25,8cm")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166922", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166922", " Relógio importado da marca Rubinich, confeccionado em faiança com esmaltagem branca vitrificada, chines, 50cm de altura x 37cm de largura")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166897", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166897", " Relogio mido automatic multifort original, raro")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166904", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166904", " Relógio de parede em madeira, antigo. 77cm de altura")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166919", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166919", " Lote com 11 almofadas para cadeiras de telinhas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166903", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166903", " Relógio antigo de parede em madeira, no estado. 2,120kg. A 70cm x L 32cm x E 8cm")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166929", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166929", " Relógio Breitling 1884 guardado a anos, super conservado")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166946", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166946", " Lote com dois relógios antigos")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166933", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166933", " Telefone de mesa italiano, década de 30, em metal esmaltado, com guarnições em resina, 24x28 cm")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166908", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166908", " 11 fruts em fino cristal Hering adornado por delicada lapidação Med. 18")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166915", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166915", " Prato decorativo importado do japao pintado a mão, diâmetro:31cm")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166945", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166945", " Taças de Pé alto para Vinho, importadas, lote com 11 taças, verde esmeralda 10cm X 6,5cm")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166937", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166937", " Bolsa Tous, em couro legítimo, Espanha, excelente estado")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166936", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166936", " Relógio antigo de parede, em madeira, no estado. 2,120kg. A 70cm x L 32cm x E 8cm")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166944", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166944", " Prato decorativo, Japão, pintado a mão, diâmetro:31cm")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166932", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166932", " Lote com 06 taças italianas, decoradas com desenhos gregos em ouro. Med. 18x6cm")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166948", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166948", " Lote com várias máquinas de relógios antigos, raros, décadas de 70, 80 etc Máquinas suíças e indianas (HMT) em ótimas condições")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166951", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166951", " Lote com relógio pingente antigo mais um relógio de bolso")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166941", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166941", " Lote com 6 relógios antigos de várias décadas, alguns funcionam")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166943", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166943", " Lote com 6 relógios antigos de várias décadas, alguns funcionam")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166949", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166949", " Lote com 6 relógios a cordas antigos")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166952", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166952", " Lote com 3 relógios = 2 coleção e 1 de pulso")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166953", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166953", " Lote 4 relógios de coleção")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166938", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166938", " Lote 4 relógios de coleção")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166939", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166939", " Relógio cosmos, sem uso, funcionando perfeitamente")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166934", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166934", " Lote 4 relógios de coleção, coleção GENTLEMAN")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166950", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166950", " Relógio, caneta com porta cartão,na caixa original")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166947", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166947", " Relógio marca geneva, funcionando, na caixa original")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166940", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166940", " Relógio sem uso, precisa apenas colocar bateria, na embalagem original")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166942", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166942", " Relógio feminino fóssil, funcionando, na caixa original, com pedrarias")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167153", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167153", " PHILIPS anos 60, em madeira nobre, funcionando até o momento")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167144", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167144", " Máquina de costura, base em madeira")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167149", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167149", " Relógio em metal, articulado - 18cm")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167156", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167156", " Relógio antigo de parede em madeira, tamanho 39 x 7cm")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167164", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167164", " Relógio carrilhão Silco, em madeira necessita reparos, está parado a anos, 55 x 25 x 12cm")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167150", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167150", " Par de pendentes com cristal legítimo SWAROVSKI")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167146", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167146", " Aparador 46cm de profundidade, 1m de largura e 80cm de altura")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167157", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167157", " Relógio Omega original, 17 RUBIS de 1960")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167154", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167154", " Relógio de mesa 20cm de altura")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167158", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167158", " Carretal de rolo AKAI original")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167145", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167145", " Jaqueta em couro Zara, original, tamanho p")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167161", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167161", " Relógio Breitling 1884 AB0110, funcionando até o momento")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167166", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167166", " Livro The complete collection of Antiquities, 550 páginas")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167160", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167160", " Relógio ChilliBeans Led (sem uso)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167167", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167167", " Fio degradê de pérolas naturais, de oceano, importado, 35cm")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167152", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167152", " Pulseira Prara 925, com banho de ouro rosê e amarelo, 19cm")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167143", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167143", " Cinzeiro em prata espanhola 1880, 35gs")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167148", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167148", " Relógio Armani, cerâmica, AR-1400 A, original, acompanha 3 gomos de pulseira")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167163", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167163", " Relógio Tissot T-Race Chronograph - water resistant, 100m, pulseira safira")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167155", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167155", " Aparelho de jantar, filetada à ouro com 34 peças, são 6 Pratos Fundos, 12 Pratos rasos, 02Travessas Oval Rasas, 02 Travessas Redondas Fundas, 12 Pratos de Sobremesa")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167168", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167168", " Relógio Mondaine. com pulseira de couro, bateria nova funcionando")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167147", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167147", " 02 peças floreira, estilo inglês, metal espessurado. Diâmetro de 10cm e altura de 11cm. Cesta em metal prateado, numerada na base. Altura de 5,5cm e diâmetro de 24cm")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167162", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167162", " Tinteiro europeu, em bronze na forma de folha, com vasilha em vidro, tampa de metal amarelo, 14cm x 10cm x 8cm")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167165", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167165", " Bandeja banhada à prata Régia 90 Med 30 x 36 cm")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167159", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167159", " Esmoleira estilo Dom Jose, em metal espessurado a prata, med: 30 diâmetro")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167151", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167151", " Relógio Orient, made in Japan, water resistent 50m, caixa em aço, pulseira em couro, funcionando")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167540", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167540", " Jogo com 7 Peças em metal espessurado à prata, marca Fracalanza, peças bem pesadas, em Sopeira, bandeja com tampa, molheira e 4 bandejas")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167548", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167548", " Jogo de jantar SCHMIDT, Santa Catarina - Parte de um aparelho de jantar de porcelana brasileira, com 43 peças")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167542", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167542", " 2 jarras de metal branco, marca Wolf. Alt 20cm. E uma marca Belinne. Altura 21cm")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167554", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167554", " Serviço de mesa completo, com 14 peças de aço inox: 6 bandejas, 4 formas redondas, 1 forminha, 2 pratos e 1 manteigueira")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167562", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167562", " Telefone em metal e madeira. Antiga empresa Telefônica / Telebras, Orion de  São Paulo C.T.B. Altura 28,5cm. Medida da caixa, altura 23cm, comprimento 17cm (raro)")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167559", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167559", " Relógio de parede, dito "8", Rubinick, em madeira, à corda. Alt 27cm e largura 16cm. NÃO FUNCIONA, muitos anos parado")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167552", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167552", " Lustre de metal amarelo, com contas e pingentes em cristal. Alt 50cm")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167537", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167537", " Lamparina de mesa, em metal amarelo, com para vento e apagador. Alt 37cm (rara)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167539", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167539", " Balança antiga em bronze. Altura 63cm e largura 48cm")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167535", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167535", " Bule e presentoir em faiança policromada, decorado Alt 24cm")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167566", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167566", " 12 suportes de metal, espessurada a prata para copo. Alt 8cm, diâmetro interno 7cm")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167538", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167538", " Baixela para chá e café marca WOLFF, aço inox")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167560", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167560", " 2 copos em cristal translúcido, com suporte de metal prateado, 1 bandeja em formato retangular, confeccionado em metal espessurado a prata, 26,4cm de comprimento")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167536", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167536", " Jarra em metal, espessurado a prata. 26cm (a) x 24cm")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167547", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167547", " Sopeira grande, espessurada a prata, com 24cm alt")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167557", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167557", " Aparelho de jantar ingles, Alfred Meakin, :20 pratos rasos, 11 pratos fundos , 12 pratos de sobremesa e 7 travessas p/ servir total 50 peças")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167534", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167534", " Luminária em metal dourado, altura da escultura 43cm e altura total 70cm")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167571", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167571", " Cesta espessurada a prata, 23cm altura e 28cm de diâmetro")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167556", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167556", " Telefone antigo em madeira, detalhes em metal e plástico. 31cm x 27cm x 15cm")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167569", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167569", " Escultura cloisone oriental, "Pelicano", rara. 27cm")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167543", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167543", " Tinteiro em onix, verde, (raro), impecável 40cmx25cm")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167570", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167570", " 1 bule importado, Marrocos, com 26cm altura; 1 castiçal, fuste de 18cm altura")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167564", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167564", " Jarra incensário em bronze, importada, marrocos, ricamente lavrada com elementos, 36cm")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167551", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167551", " KARSHI, grupo escultórico em metal espessurado a prata de lei 925, contrastada na base e selada, representa hamsá, com cidade de jerusalém em relevo na parte central, onde se abre a porta para acesso a página do alcorão, 21cm de altura")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167568", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167568", " Vaso importado em faianca chinesa. Acompanha base em madeira clara. Altura do vaso: 17cm. Altura da base: 15,5cm. Marca no fundo")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167544", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167544", " Relógio de carro ou para barco antigo (raro)  SEPTIMA corda de 8 dias, necessita revisão, está anos guardado")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167561", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167561", " 3 relógios a corda originais, raros, todos necessitam de revisão. RAILWAY REGULATOR The Conqueror, década de 1920/40, conservado, Relógio CYMA, máquina Suiça, a corda, completo, Relógio antigo SEKLAM")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167549", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167549", " Relógio de mesa, de duas cordas, antigo, em madeira, precisa de reparos. 23cm x 49cm")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167550", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167550", " Caixa de relógio de mesa, em madeira  Med 51cm x 24cm x 12cm")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167565", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167565", " Relógio antigo, máquina à corda B.W.")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167546", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167546", " Berloque de coleção, cerca de 1900, em prata de lei,  ricos detalhes. 2cm x 1,5cm")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167572", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167572", " Relógio de mesa SILCO, carrilhão de 3 cordas, em madeira. Funcionamento desconhecido. Não possui chave. Medindo: 22cm x 53cm x 15cm")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167553", "124")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167553", " Relógio masculino TOMMY HILFIGER, water proof, original, 100% aço, cor preta. precisa apenas trocar a bateria")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167541", "125")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167541", " Lote de diversos, 1 vaso indiano, 3 sinetas em metal, 1 lamparina e 1 pinico em bronze, 4 caixas porta pílulas sendo 1 em porcelana, 3 em metal sendo 2 com tampa em porcelana")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167558", "126")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167558", " 6 cachimbos, século XX, (JCI, CARTER) - em madeira, com a piteira em baquelite. (4 cachimbos JCI / J. CARNEIRO ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167567", "127")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167567", " Peso de papel com porta caneta, Uruguay. Em metal, 11cm, peso 184 gramas")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167563", "128")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167563", " 6 cachimbos, século XX, (JCI, CARTER) - em madeira, com a piteira em baquelite. (4 cachimbos JCI / J. CARNEIRO ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167545", "129")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167545", " 3 Abridores de cartas, produzidos em metal dourado, com os dizeres "JERUSALEM", 21,5cm. Abridor de cartas no formato de adaga árabe, produzida em metal,19cm.  Abridor de cartas, produzido em metal espessurado à prata, no formato de espada, 18cm, princípio do século XX")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167555", "130")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167555", " Relógio Citizen, mostrador na ton azul, sinaliza dia do mês e semana, automático, mecanismo com 21 safiras ou rubis, a prova d'água, caixa em aço, pulseira em couro (raro)")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168596", "131")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168596", " Bule Indiano, esguio em bronze, tampa articulada e alça recurva. Medidas: 42,6cm de altura x 26cm de largura")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168597", "132")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168597", " Carrinho de chá em madeira nobre, com tampo movível, 75cm x 82cm")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168598", "133")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168598", " Relógio Puma, resistente água, pulseira em aço dourado, acompanha peças para ajuste na pulseira, com bateria nova")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168592", "134")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168592", " Antigo punhal indiano, cabo e bainha em madeira, acabamento em bronze. Med. 27cm")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168587", "135")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168587", " Relógio sem uso, na caixa original, marca AKIUM")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168601", "136")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168601", " Perfume POLICE TO BE THE KING, for man, Made in Italy, capacidade 40ml, sem uso")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168590", "137")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168590", " Perfume HUGO BOSS Soul 50ml. Na caixa original sem uso")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168591", "138")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168591", " Perfume Magnifique Lancôme-Paris, Eau de Parfum 50ml, lacrado, preço de mercado 800,00")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168602", "139")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168602", " Quadro de Roberto Burle Marx - "Panneux". Tinta gráfica sobre tecido, estrutura de madeira, moldura baguete de cedro. Assinado e datado no C.I.D. Obra med. 129cm x 1.10m")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168588", "140")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168588", " Jogo para café/chá em metal espessurado, necessita passar kaol")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168594", "141")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168594", " Espada decorativa década de 80, em metal e aço, rara, medida total 83cm")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168589", "142")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168589", " Balança de precisão antiga, com caixa em madeira, com pesos. 35cm x 17,5cm x 35cm de altura")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168607", "143")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168607", " Brasão muito antigo, com excelente acabamento, 60cm X 30cm")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168595", "144")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168595", " Telefone em madeira nobre, ótimo estado, funcionando")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168603", "145")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168603", " Wellne - jarra em prata 90 alemã. Peça proveniente de hotelaria. A peça será entregue sem limpeza (estado vide foto adicional). Marcas do tempo. Med.: 22cm X 23cm")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168617", "146")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168617", " Cadeira Scooter Hitway, ultraleve")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168605", "147")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168605", " Telefone orelhão de ficha daruma, completo, com fichas telefônicas originais")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168604", "148")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168604", " Banco rustico de dormente, 2,10m de comprimento")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168609", "149")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168609", " 3 carpas importadas de cerâmica vitrificada, adquiridos em Bali. Maior med. 35cm de largura. uma delas apresenta discreto bicado")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168593", "150")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168593", " Banco rustico de dormente, 2,10m de comprimento")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168627", "151")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168627", " Espelho de mão, em bronze, raro, 25cm")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168599", "152")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168599", " Babá eletrônica, KIDSHINE - Umidificador infantil. TECHLINE, Massageador pessoal MI - 3000")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168629", "153")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168629", " Relógio Invicta 24856 Pro Diver, 100% original, completo")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168614", "154")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168614", " Arte oriental  - Escultura dragão, feito em osso, rara, dos anos 50, 30cm altura e 30cm de comprimento")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168600", "155")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168600", " Telefone, raro, funcionando ate o momento, sem garantias futuras")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168608", "156")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168608", " 2 peças em metal, aço inox, bandeja e wine cooler. Med. bandeja 41cm diâmetro, wine cooler 18cm x 23cm diâmetro")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168623", "157")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168623", " Bomboniere de vidro, com guarnições em metal e madeira, com patina provence. 35cm de altura")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168615", "158")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168615", " Floreira francesa, em cristal translucido, med: 23cmx14cm")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168612", "159")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168612", " Saladeira em metal, espessurado a prata, com cabeça e rabo de pato em metal dourado, 41cm de comprimento, 28cm de diâmetro, 18cm de altura")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168616", "160")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168616", " 6 taças para vinho, importadas, cristais sanit louis francês. Medidas:16,5cm de altura / 14,3cm de altura")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168619", "161")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168619", " Mesa de centro, em madeira nobre, tampo em mármore rosso rajado. tamanho:110cm, 56cm, 35cm")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168621", "162")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168621", " Tênis Adidas Spring Blade, número 38. Sem uso na caixa ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168613", "163")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168613", " Quadro elaborado de diferentes borboletas, antigo, raro, moldura em madeira, pequeno trincado no quadro. Tamanho 50cm x 34cm")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168628", "164")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168628", " Bule Antigo em metal, 19cm")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168625", "165")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168625", " Relógio de Parede, antigo, 24cm, ótimo estado")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168610", "166")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168610", " Coleção de revista Hobby, anos 60, são 74 revistas, raridade, em excelente estado, sem rasuras")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168626", "167")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168626", " Garrucha decorativa, década de 80, raridade, muito bem conservada, tamanho: 13cm x 32cm")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168618", "168")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168618", " Prendedor de cabelo chinês, década de 40, raridade, em marfim esculpido, 14cm")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168630", "169")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168630", " Vazo com planta verdadeira Zamiculca")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168622", "170")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168622", " Mesa de centro, com mármore, rajada, base de bronze, 1m de comprimento")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168611", "171")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168611", " Vazo com planta verdadeira Zamiculca")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168620", "172")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168620", " Relógio INVICTA Reserve Chronograph, original, em aço dourado. Funcionando até o momento, sem garantia futuras")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168606", "173")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168606", " 3 relóginhos antigos")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168624", "174")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168624", " Paliteiro em metal, década de 80. Med. 10cm x 6cm")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168631", "175")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168631", " 3 relóginhos antigos")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168760", "176")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168760", " Telefone, japonês, com guarnições em metal, med: 22,5cm x 14,5xm x 18cm")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168773", "177")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168773", " Cadeira padrão inglês, em madeira maciça, 95cm")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168771", "178")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168771", " Coluna com afora de resina e bronze - italiana - Déc 70 - coluna mede 31cm x 31cm x 75cm. Ânfora mede 24cm x 24cm x 50cm")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168757", "179")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168757", " Escultura exclusiva de caranguejo, importada, peça raríssima")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168758", "180")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168758", " Enfeite antigo em metal, med: 10cm X 8cm")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168768", "181")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168768", " Mini espada da Marinha do rio de janeiro, década de 80, com 15cm, ótimos detalhes, rara")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168763", "182")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168763", " 2 Ata formas de Picole: fabricado em aço inox")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168762", "183")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168762", " Barômetro de madeira, antigo, 12cm Alt. x 28cm Larg. x 6cm Comp.")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168770", "184")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168770", " Porta-copos em cristal, importados da Itália. Obs: 2 estão com mínimos bicados. 2cm x 10cm ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168759", "185")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168759", " Botas de esquiar, SALOMON, modelo SX42")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168777", "186")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168777", " Scott aviators breathing - Antigo portátil de oxigênio modelo "Series 5009", usado em aeronave da Transbrasil, Mede 10cm de diâmetro e 56cm de altura")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168764", "187")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168764", " Relógio de parede, Adler Gong, em madeira, de corda, com chave, pêndulo e todos os seus itens, não funciona, medidas 58cm X 25cm X13cm")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168781", "188")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168781", " Enfeite vaca em metal, 26cm de comprimento")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168766", "189")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168766", " Piano antigo, 145 x 60 x 136. Sem a banqueta, piano em ótimo estado de conservação")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168769", "190")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168769", " Garrafa para whisky, cristal, lapidada - 26cm")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168772", "191")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168772", " Vaso importado china, 20cm alt. 12cm diam. 7,5cm diam.")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168765", "192")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168765", " 7 esculturas importadas, mestres orientais, no tom marfim. Conjunto década de 70. Medidas aproximadas: 7cm e base 23cm x 3cm")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168774", "193")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168774", " Travessa em metal espessurado a prata, 47cm de comprimento, 35cm de largura")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168778", "194")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168778", " Faqueiro de aço inox banhado, 128 peças importado")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168767", "195")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168767", " Telefone antigo, manufatura Teleart")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168783", "196")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168783", " Revisteiro em madeira maciça, 48cm x 41cm x 24cm")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168779", "197")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168779", " Poncheira em semi cristal incolor, rara")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168775", "198")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168775", " 2 Punhais em bronze, 18cm, faltam algumas pedras")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168780", "199")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168780", " Prato de decoração, japonês, em porcelana, 25cm de diâmetro")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168786", "200")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168786", " Garrafa térmica em madeira, com 36cm, rara")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168791", "201")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168791", " Porta joias em metal espessurado a prata")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168761", "202")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168761", " Travessa em metal espessurado a prata, 64cm x 26cm")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168776", "203")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168776", " Espelho de mão em cristal, estilo Português, 26cm")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168788", "204")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168788", " Farinheira em jacarandá torneado, antiga, 15cm de altura")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168784", "205")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168784", " Travessas em inox, com colher e pegador, sem uso")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168787", "206")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168787", " 3 peças em inox, sem uso, na caixa")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168785", "207")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168785", " Prato japonês, policromada, pintada a mão, com assinatura do artista, raridade, 23cm")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168782", "208")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168782", " Manteigueira em metal espessurado, a pratae Sino, em metal niquelado, 11cm")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168789", "209")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168789", " Petisqueira em metal espessurado a prata, 40cm, e uma licoreira")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168790", "210")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168790", " 12 fruts em fino cristal, 18cm")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...2222 lines deleted...]
-      <c r="E83" s="5" t="inlineStr">
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168794", "211")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168794", " 5 pratos importados norman knoweles rockwell, coleção rara")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F83" s="4" t="inlineStr">
-[...314 lines deleted...]
-      <c r="E93" s="5" t="inlineStr">
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168796", "212")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168796", " 5 pratos importados norman knoweles rockwell, coleção rara")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F93" s="4" t="inlineStr">
-[...1754 lines deleted...]
-      <c r="E148" s="5" t="inlineStr">
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168795", "213")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168795", " 5 pratos importados norman knoweles rockwell, coleção rara")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F148" s="4" t="inlineStr">
-[...730 lines deleted...]
-      <c r="E171" s="5" t="inlineStr">
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168793", "214")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168793", " 5 pratos importados norman knoweles rockwell, coleção rara")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F171" s="4" t="inlineStr">
-[...1694 lines deleted...]
-      </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168797", "215")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168797", " Vitrola sonata, em bom estado, rara, ligando")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>