--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1403 +269,1231 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166173", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166173", " Compactador Usimeca - 19m - 2014")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166130", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166130", "  Compactador Ano 2014 - 19 metros cúbicos Usimeca")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166176", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166176", " Lote com: 6 unidades de pistão Hidráulico ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>9.400,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166177", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166177", " Compactador Simasp 15 m ( CAIXA 02 )")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166175", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166175", " Compactador Simasp 15 m ( CAIXA 01 ) ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166174", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166174", " Pistão")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166149", "014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166149", "  Caminhão  VW 17.250 E - 2010 - Tanque Pipa")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166172", "101")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166172", "PEUGEOT 308 Feline THP 2013 - 2022 Ok")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166142", "201")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166142", " Fiat Palio Weekend Adventure flex - 2011/2012")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.700,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166135", "301")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166135", " Reservatório de polietileno 15.000 litros")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166151", "302")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166151", " Reservatório de polietileno 15.000 litros")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166132", "303")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166132", " Reservatório de polietileno 15.000 litros")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166165", "304")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166165", " Reservatório de polietileno 15.000 litros")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166147", "305")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166147", " Tanque em fibra 10.000 litros")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166154", "306")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166154", " Tanque em fibra 10.000 litros")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166159", "307")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166159", " Tanque em fibra - 20.000 litros")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166166", "308")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166166", " Tanque para lavagem de roupas - Aproximadamente 100 peças")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166136", "309")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166136", " Banco em fibra 2 lados -  20 peças")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166167", "310")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166167", " Banco em fibra 2 lados -  20 peças")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166134", "311")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166134", " Banco em fibra 2 lados -  20 peças")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166157", "312")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166157", " Banco em fibra 2 lados -  20 peças")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166162", "313")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166162", " Banco em fibra 2 lados -  20 peças")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166156", "314")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166156", " Bancos em fibra 1 lado - 20 peças")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166144", "315")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166144", " Bancos em fibra 1 lado - 20 peças")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166138", "316")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166138", " Bancos em fibra 1 lado - 20 peças")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166141", "317")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166141", " Bancos em fibra 1 lado - 20 peças")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166133", "318")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166133", " Bancos em fibra 1 lado - 20 peças")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166164", "319")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166164", " Tanque em aço inox 304")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166139", "320")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166139", " Luminárias antigas - 10 Peças")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166152", "321")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166152", " Lote com:  11 peças diversas")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166169", "322")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166169", " Lote com: 2 peças diversas")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166163", "323")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166163", " Lote com: 50 caixas com copos")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166160", "324")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166160", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166143", "325")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166143", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166168", "326")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166168", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166170", "327")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166170", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166158", "328")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166158", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166161", "329")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166161", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166150", "330")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166150", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166155", "331")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166155", " Caixas organizadoras - 50 caixas")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166171", "332")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166171", " Caixa de água ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166274", "333")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166274", "Lote com: 2 bombas de combustível antigas ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166275", "334")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166275", "Lote com: 02 motores bitzer")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>