--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165140", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165140", " Caminhão VW 17.250 E 2011/2011 - Compactador Usimeca - Necessário 2 transferências")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165142", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165142", " Caminhão VW 17.250 E 2010/2011 - Compactador Usimeca - Necessário 2 transferências")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165138", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165138", " Caminhão VW 17.250 E 2010/2011 - Compactador Usimeca - Necessário 2 transferências")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165141", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165141", " Caminhão VW 24.280 CRM 6x2 2013/2014 - Necessário 2 transferências")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>111.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165137", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165137", " Caminhão Ford Cargo 1621 2001/2011 - Necessário 2 transferências")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165143", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165143", " Honda Fusco Cargo 150A 2014/2014")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165139", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165139", " Honda Fusco Cargo 150A 2014/2014")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165145", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165145", " Grade 16 Discos - com controle")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165153", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165153", " Grade de Arrasto")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165150", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165150", " Roçadeira")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165154", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165154", " Arador concha ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165146", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165146", " Arado 2 discos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165148", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165148", " Plantadeira")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165156", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165156", "Aproximadamente 60 pneus - Vários modelos")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165157", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165157", "Lote com: Aproximadamente 11 toneladas de parafusos e porcas - Diversas medidas - PREÇO POR KG")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>41.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165158", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165158", "Escavadeira CAT 320 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>205.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165144", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165144", " Retroescavadeira  LiuGong 4x4 Cabinada 2010 - Motor desmontado")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165151", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165151", " Mini Carregadeira 2012 - Cabinada com ar")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165149", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165149", " Escvadeira Komatsu pc 200")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...206 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165152", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165152", " Trator Sta Matilde")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165147", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165147", " Trator Mf 50x")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...245 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165155", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165155", " Trator MF275 - Sem arranque")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165160", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165160", "Caminhão Ford Cargo 1722 2011/2012 -  - Parou funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165159", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165159", "Caminhão Ford Cargo 1722 2011/2012 -  Parou funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165161", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165161", "Caminhão Volvo FH 12 420 4x2T 2004/2005")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165162", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165162", "Toyota Hilux SW4 SRX 2018/2018 - Recuperada")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...254 lines deleted...]
-      </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165163", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165163", "Trator New Holland 8030")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>