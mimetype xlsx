--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165310", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165310", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-38 PLACA:  FINAL: 76  KILOM.:  88,859 OBS:  FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165312", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165312", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-31 PLACA:  FINAL: 53  KILOM.:  93,017 OBS:  FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165319", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165319", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-32 PLACA:  FINAL:19  KILOM.:  82,577 OBS:  FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165311", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165311", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-29 PLACA:  FINAL: 09  KILOM.:  80,789 OBS:  FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...109 lines deleted...]
-      </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165315", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165315", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-30 PLACA:  FINAL: 13  KILOM.:  130,098 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165317", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165317", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-45 PLACA:  FINAL: 54  KILOM.:  88,990 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165320", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165320", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-27 PLACA:  FINAL: 16  KILOM.:  85,586 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165323", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165323", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-42 PLACA:  FINAL: 52  KILOM.:  110,825 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165318", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165318", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-39 PLACA:  FINAL: 99  KILOM.:  81,627 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165321", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165321", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-26 PLACA:  FINAL: 11  KILOM.:  105,390 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165316", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165316", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-28 PLACA:  FINAL: 14  KILOM.:  96,651 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165322", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165322", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-43 PLACA:  FINAL: 50  KILOM.:  84,403 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165313", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165313", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-44 PLACA:  FINAL: 54  KILOM.:  108,248 OBS:  FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165314", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165314", "  CAMINHÃO, FORD 816,  CARROC. METÁLICA, COR: BRANCA, ANO/MOD:  2013/2013 Patrim.: CC-33 PLACA:  FINAL: 51 KILOM.:  92,728 OBS:  FUNCIONANDO. Obs: Será descaracterizada antes da entrega.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>