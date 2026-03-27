--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166036", "019")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166036", "veja o vídeo!! HONDA/FIT LX CVT; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165491", "020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165491", "veja o vídeo!! CHEVROLET/ONIX 1.4MT ACT; 2018/2019; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 38.800KM - FIPE: 71.943,00")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165481", "021")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165481", "veja o vídeo!! HONDA/FIT EX CVT; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165514", "022")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165514", "veja o vídeo!! FIAT/UNO ECONOMY 1.4; 2012/2013; CINZA ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165486", "023")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165486", "novo vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2011/2011; PRETA; DIESEL - FUNCIONANDO - FIPE R$ 131.309,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>94.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165512", "025")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165512", "veja o vídeo!! TOYOTA/YARIS HB XLPLUSAT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 25.419KM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165483", "026")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165483", "veja o vídeo!! HYUNDAI/CRETA 16A PULSE; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 10.300KM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165498", "030")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165498", "veja o vídeo!! HYUNDAI/HB20 1.0M COMFOR; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>36.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165477", "035")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165477", "veja o vídeo!! I/VW TIGUAN ALLSPACE CL; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165489", "041")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165489", "veja o vídeo!! HONDA/FIT EX CVT; 2018/2018; AZUL; ALCO./GASOL./GNV - FUNCIONANDO - IPVA 2023 OK - APROX. 44.500KM")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>48.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165932", "042")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165932", "veja o vídeo!! GM/S10 COLINA S; 2006/2006; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165934", "043")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165934", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165484", "044")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165484", "veja o vídeo!! I/TOYOTA HILUX SW4 4X2SR; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165482", "046")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165482", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165475", "047")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165475", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR1; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - FIPE: 88.172,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165496", "049")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165496", "veja o vídeo!! PEUGEOT/208 ACTIVE; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165505", "050")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165505", "veja o vídeo!! CHEV/PRISMA 1.0MT LT; 2013/2014; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165933", "051")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165933", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165480", "052")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165480", "veja o vídeo!! HONDA/FIT LX CVT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165492", "053")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165492", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>40.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165490", "054")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165490", "veja o vídeo!! CHEV/ONIX PLUS 10TAT LT1; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 8.500KM")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>154</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>61.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165479", "055")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165479", "veja o vídeo!! CHEVROLET/ONIX 10MT JOYE; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 53.000KM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165478", "058")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165478", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165488", "059")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165488", "veja o vídeo!! HONDA/CITY EXL CVT; 2021/2021; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 21.859KM - FIPE: 102.996,00")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>64.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...10 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165497", "060")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165497", "veja o vídeo!! FIAT/FIORINO FLEX; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165487", "062")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165487", "CHEVROLET/ONIX 1.0MT LT; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165493", "066")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165493", "veja o vídeo!! GM/CORSA SEDAN PREMIUM; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165494", "080")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165494", "veja o vídeo!! HONDA/CITY EX CVT; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 28.900KM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165506", "081")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165506", "veja o vídeo!! CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165503", "082")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165503", "veja o vídeo!! FORD/FIESTA FLEX; 2008/2009; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165495", "083")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165495", "veja o vídeo!! RENAULT/DUSTER EXPRESSION 1.6; 2018/2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165499", "106")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165499", "veja o vídeo!! VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165501", "111")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165501", "veja o vídeo!! FORD/FIESTA FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165504", "112")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165504", "veja o vídeo!! FIAT/UNO VIVACE 1.0; 2011/2012; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165500", "113")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165500", "veja o vídeo!! TOYOTA/COROLLA XEI18FLEX; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166037", "116")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166037", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2010/2011; VERDE; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...879 lines deleted...]
-      <c r="D44" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165509", "137")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165509", "CITROEN/PICASSO II16GLXF; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="E44" s="5" t="inlineStr">
-[...94 lines deleted...]
-      </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165510", "139")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165510", "GM/CORSA HATCH MAXX; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>