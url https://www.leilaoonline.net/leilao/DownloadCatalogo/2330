--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,3035 +269,2659 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165888", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165888", "CAMINHÃO MERCEDES-BENZ L 2213, 1982/1982 /TRES EIXOS, 6x2 COM GUINDASTE BANTAM PARA 18 TONELADAS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>225.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165858", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165858", " [ LANCE POR KG ] TUBO P/ CALDEIRA SEM USO 63,5MM ESP 4,57MM A213 - APROX. 8700 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165825", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165825", " [ LANCE POR KG ] TUBO P/ CALDEIRA SEM USO 57,15MM ESP 5,5MM A213 - APROX. 340 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165886", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165886", " [ LANCE POR KG ] TUBO P/ CALDEIRA SEM USO 38,10MM ESP 4,5MM A213 - APROX. 46 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165832", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165832", " [ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 3MM - APROX. 4385 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165870", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165870", " [ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 3MM - APROX. 4385 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165859", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165859", " [ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 5MM - APROX. 1400 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165826", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165826", " [ LANCE POR KG ] PERFIL U OMEGA SEM USO 16" PAREDE 9,5MM - APROX. 960 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165827", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165827", " [ LANCE POR KG ] PÉ DIREITO TUBOLAR 6" X 4900MM 8 UNIDADES - APROX. 1728 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165875", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165875", " [ LANCE POR KG ] VIGA H 8" X 4800MM 3 UNIDADES - APROX. 880 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165881", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165881", " [ LANCE POR KG ] VIGA U 12" X 2800MM 8 UNIDADES - APROX. 2352 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165839", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165839", " CONJUNTO DE CONVERSOR OSCILANTE DE TORQUE PARA MOENDA 42" X 78", COMPLETO, LADO ACIONAMENTO, LADO ACIONADO E O DISPOSITIVO DE LIGAÇÃO CENTRAL, MARCA ACIP, USADO. - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165824", "024")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165824", " TANQUE USADO 15M³ - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165849", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165849", " TANQUE USADO 15M³ - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165872", "026")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165872", " TANQUE USADO 15M³ - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165856", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165856", " [ LANCE POR KG ] TUBO 1/2"A 6"- APROX. 7000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165861", "029")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165861", " PENEIRA ROTATIVA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165866", "030")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165866", " [ LANCE POR KG ] APROX. 5000 KG DE PISO TIPO SELMEC APROX. 110M² - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165882", "031")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165882", " [ LANCE POR KG ] CHAPA XADREZ DE 3/16" E 1/4" COM TAMANHOS DIFERENTES - APROX. 8000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165887", "033")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165887", " [ LANCE POR KG ] VIGA I 40" X 14" X 8000 ESPESSURA ABA 18,5MM E ALMA 13MM - APROX. 9000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165847", "038")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165847", " [ LANCE POR KG ] TUBOS CALANDRADOS DE 10" A 40" - APROX. 6000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165841", "039")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165841", " BICA DOSADORA DE RESIDUOS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165844", "040")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165844", " [ LANCE POR KG ] TUBO DE 16" A 24" - APROX. 3000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165846", "041")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165846", " BOMBA IMBIL VAZÃO 200/35 M³/H COM MOTOR ELÉTRICO WEG 40CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165840", "042")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165840", " BOMBA IMBIL VAZÃO 250L/30M³/H COM MOTOR ELÉTRICO WEG 40CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165862", "043")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165862", " BOMBA IMBIL VAZÃO 80L/50M³/H COM MOTOR ELÉTRICO GE 40CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165865", "044")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165865", " BOMBA IMBIL VAZÃO 50L/30M³/H COM MOTOR ELÉTRICO EBERLE 10CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165867", "045")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165867", " GUINCHO HILO DE 14 METROS DE ALTURA C/ REDUTOR, FREIO E MOTOR ELETRICO P/ DESCARGA DE CAMINHÃO ATÉ 25 TON - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165835", "053")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165835", " PRÉ AQUECEDOR DE 150 - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165845", "054")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165845", " PRÉ AQUECEDOR DE 150- VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165885", "057")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165885", " [ LANCE POR KG ] VIGA I 22" - 5 UNIDADES 4,4M CADA - TOTAL APROX. 2200 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165884", "060")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165884", " BARRACÃO (PÉ DIREITO COM 12 UNIDADES DE VIGA H 350 X 350 COM 16,9M CADA, TESOURA COM 6 UNIDADES DE VIGA U 6" COM 12,4M CADA E TESOURA COM 6 UNIDADES DE VIGA U 6" COM 6,5M CADA) - VENDA NO ESTADO CONFORME LOTE EXPOSTO - FALTAM FOTOS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165828", "062")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165828", " ELETROIMÃ 78" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165878", "063")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165878", " ELETROIMÃ 66" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165874", "064")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165874", " FABRICA PARA ENVASE DE ALCOOL EM GEL - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165854", "077")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165854", " 6 UNIDADES DE CAIXAS DE INCÊNDIO SEM USO 90cm X 60cm X 17cm - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165851", "080")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165851", " VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165842", "081")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165842", " VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165830", "082")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165830", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1320mm; ØINT: 485mm; ALTURA: 210mm  Z: 20 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165822", "083")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165822", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1320mm; ØINT: 485mm; ALTURA: 210mm Z: 20 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165838", "084")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165838", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1220mm; ØINT: 490mm; ALTURA: 210mm Z: 19 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165836", "085")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165836", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1220mm; ØINT: 490mm; ALTURA: 210mm Z: 19 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165860", "086")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165860", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1220mm; ØINT: 490mm; ALTURA: 210mm Z: 19 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165853", "087")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165853", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1220mm; ØINT: 490mm; ALTURA: 210mm Z: 19 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165834", "088")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165834", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1115mm; ØINT: 490mm; ALTURA: 460mm Z: 15 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165833", "089")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165833", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1115mm; ØINT: 490mm; ALTURA: 460mm Z: 15 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165879", "090")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165879", "RODETE PARA MOENDA EM AÇO FUNDIDO 1045 COM APROX ØEXT: 1115mm; ØINT: 490mm; ALTURA: 460mm Z: 15 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165837", "091")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165837", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165883", "092")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165883", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165871", "093")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165871", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165868", "094")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165868", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165869", "095")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165869", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165873", "096")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165873", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165863", "097")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165863", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165831", "098")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165831", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165852", "099")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165852", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165848", "100")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165848", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165843", "101")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165843", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165821", "102")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165821", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165829", "103")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165829", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165823", "104")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165823", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165864", "105")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165864", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165877", "106")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165877", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165857", "107")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165857", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165855", "108")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165855", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165876", "109")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165876", "1 UNIDADE DE CAIXA COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (20 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165889", "112")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165889", "CAMINHÃO CARGA SECA VOLKSWAGEN 17.250 E, 2010/2010/TRES EIXOS, 6x2 COM CARROCERIA EM MADEIRA EM PISO DE MADEIRA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165896", "113")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165896", " [LANCE POR KG ] TUBO 10" PAREDE 8MM-APROX 6000 KG VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165899", "114")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165899", " [LANCE POR KG] TESOURA COM 15M-APROXIMADAMENTE 10.000KG VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>8,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165892", "115")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165892", " [LANCE POR KG] TESOURA COM 15M-APROXIMADAMENTE 10.000KG VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>8,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165890", "116")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165890", " [LANCE POR KG] TESOURA COM 15M-APROXIMADAMENTE 10.000KG VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>8,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165903", "117")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165903", " [LANCE POR KG] TESOURA COM 15M-APROXIMADAMENTE 10.000KG VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>8,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165898", "118")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165898", "[ LANCE POR KG ] VIGA W(H) 150 X 29,8 SEM USO - APROXIMADAMENTE 169 METROS E 5.000KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165893", "119")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165893", "[ LANCE POR KG ] VIGA W 250 X 17,9 SEM USO - APROXIMADAMENTE 155 METROS E  2.700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165891", "120")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165891", "[ LANCE POR KG ] VIGA W 310 X 28,3 SEM USO - APROXIMADAMENTE 100 METROS E 3.000KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165902", "121")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165902", "[ LANCE POR KG ] VIGA W 360 X 51 SEM USO - APROXIMADAMENTE 55 METROS E 2.800KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165901", "122")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165901", "[ LANCE POR KG ] VIGA W 600 X 82 SEM USO - APROXIMADAMENTE 72 METROS E 5.000KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165900", "123")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165900", " [ LANCE POR KG ] TUBO 6" SEM USO - APROXIMADAMENTE 3.000KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165905", "124")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165905", " CARRINHO PONTE ROLANTE, S/ FR - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165894", "125")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165894", " ESTEIRA ELEVAÇÃO TRANSP. AÇUCAR MED. APROX 20 MTS C/MOTOR WEG10CV 1760RPM 132S / REDUTOR CESTARI N° 80.1403 1760RPM / PAINEL COMANDO ALPHA / MOTOR WEG 03CV 90L 1735RPM / REDUTOR CESTARI N° 80.1404 1750RPM - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165904", "126")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165904", " 8 VALVULAS DUPLAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165906", "127")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165906", " 15 ENGRENAGENS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165895", "128")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165895", " 4 FREIOS PONTE ROLANTE - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165897", "129")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165897", " [ LANCE POR KG ] TARUGOS (EIXOS) DE 175mm Ø à 310mm Ø - Aprox. 26.400 Kg - DIFERENTES COMPRIMENTOS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167030", "130")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167030", " [ LANCE POR KG ] TUBO INOX 2" APROX. 420 KG - APROX. 100M - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>16,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167031", "131")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167031", " [ LANCE POR KG ] 16 TESOURAS COM 10M COMPRIMENTO 0,55M DE LARGURA COM VIGA DE 6" - APROXIMADAMENTE 6496 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>8,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167032", "132")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167032", " [ LANCE POR KG ] 22 TESOURAS COM 3,53 M COMPRIMENTO 1M DE LARGURA COM VIGA DE 8" - APROXIMADAMENTE 5852 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>8,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167035", "133")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167035", " [ LANCE POR KG ] 9 PERFIS COM 10M DE COMPRIMENTO (SÃO 2 PERFIS DE 3" JUNTOS CONFORME NA FOTO) - APROXIMADAMENTE 2124 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167033", "134")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167033", " GUINCHO HILO DE 15,8 METROS DE ALTURA, FREIO E MOTOR ELETRICO P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167034", "135")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167034", " REDUTOR DE HILO - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167036", "136")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167036", " [ LANCE POR KG ] TUBOS 10" PAREDE DE 8MM- APROXIMADAMENTE 6000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167037", "137")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167037", " [ LANCE POR KG ] 4 VIGAS I 12" X 11M - APROXIMADAMENTE 2816 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167061", "138")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167061", "[ LANCE POR KG ] VIGA W 310 X 39,7 SEM USO - APROXIMADAMENTE 67 METROS E 10.000KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167062", "139")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167062", "[ LANCE POR KG ] VIGA W 310 X 23,8 SEM USO - APROXIMADAMENTE 180 METROS E  4300 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>