--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166976", "033")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166976", "CAMINHONETE GM/CHEVROLET D20 CUSTOM; 1987/1988; BEGE; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>36.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166981", "040")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166981", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165950", "105")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165950", "veja o vídeo!! PÁ CARREGADEIRA; CATERPILLAR 930; ANO 1985; FREIO A DISCO - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>39.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165951", "107")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165951", "PÁ CARREGADEIRA CASE; ANO 1974 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165959", "109")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165959", "MÁQUINA ESTEIRA D7B; ANO 1987; MOTOR MWM - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165953", "111")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165953", "VALMET 85ID; C/ CARREGADEIRA DE LENHA; C/ GARRA GIRATÓRIA; C/ DIREÇÃO HIDRÁULICA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165952", "115")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165952", "TRATOR FORD 6600; ANO 81; COM CONCHA DIANTEIRA E DIREÇÃO HIDROSTÁTICA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165949", "120")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165949", "veja o vídeo!! TRATOR NEW HOLLAND TS 110CV 4X4; ANO 2012")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165957", "121")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165957", "TRATOR MASSEY FERGUSON 65X; ANO 73; CANELA QUADRADA; 3 MARCHAS - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165956", "122")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165956", "veja o vídeo!! TRATOR VALTRA BF 75; ANO 2006; 4X2 - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165955", "123")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165955", "TRATOR VALMET 85 ID.; ANO 78")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165954", "125")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165954", "veja o vídeo!! TRATOR MASSEY FERGUSON 65 X; ANO 71; CANELA REDONDA; 3 MARCHAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165969", "140")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165969", "BRITADOR DE MANDÍBULA 50/30")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165962", "153")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165962", "MUNCK RODOMAC; ANO 2016; GHR 25.000")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>130.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165961", "160")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165961", "LANCHA (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165960", "161")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165960", "veja o vídeo!! JETBOOD 5 LUGARES, ANO 2013 ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165964", "170")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165964", "LOTE DE SUCATA DE CAMPANA; 25.000KG")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165968", "175")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165968", "MOTOR YANMAR; 1 CILINDRO; DIESEL; ACOPLADO A UM GERADOR 12,5 KVA; COM PAINEL DISTRIBUIDOR; PARTIDA NA CHAVE")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165963", "178")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165963", "veja o vídeo!! TRICICLO TRATOR GURGEL MODELO TA 01; MOTOR DIESEL; 1 CILINDRO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166980", "179")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166980", "SERRA DE FITA VERTICAL INDUSTRIAL")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166977", "180")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166977", "ARADO AIVECA; MARCA IKEDA; 3 HASTES COM DESARME DE MOLA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166978", "181")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166978", "ARADO TATU; 3 HASTES FIXAS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166979", "182")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166979", "ARADO MASCHIETTO; 3 HASTES FIXAS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165965", "183")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165965", "veja o vídeo!! IMPLEMENTO CATA CAPIM; MARCA SILTOMAC")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165966", "184")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165966", "ARADO SANTA IZABEL; COM REVERSÍVEL; 3 BACIAS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165967", "185")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165967", "ADUBADEIRA TATU; 4 LINHAS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165978", "186")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165978", "PICADEIRA DE CANA; COM ESTEIRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165979", "187")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165979", "CALCAREADEIRA DE 2 RODAS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165980", "188")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165980", "ADUBADEIRA CALCAREADEIRA VICON")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165981", "189")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165981", "ENSILADEIRA MENTA; ANO 2013 - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165982", "190")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165982", "ROÇADEIRA AGR.; ANO 2001")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165983", "191")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165983", "SUBSOLADOR 9 HASTES DE CONTROLE REMOTO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166229", "192")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166229", "ROÇADEIRA; MARCA TATU; 3.20M DE CORTE CENTRAL E LATERAL")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166230", "193")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166230", "TANQUE 2000L; MARCA FMC")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165974", "200")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165974", "BAÚ; ANO 98; COMP. 5.50X2.30X2.60 ALT.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165973", "202")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165973", "BÁU ANTONINI (PARA CAMINHÃO VOLKSWAGEN)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165976", "203")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165976", "SAIDER MARCA FACHINI 7000X2; 4X2; 80 ASSOALHO CHAPEADO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165971", "204")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165971", "SAIDER (MEDIDAS: 6,60M DE COMPRIMENTO, 2,60 DE LARGURA; 2,90 DE ALTURA); ASSOALHO CHAPA DE FERRO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165970", "205")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165970", "CARRETA PARA TRATOR")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165975", "206")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165975", "CARRETA PARA PLANTIO DE CANA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165977", "207")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165977", "CARROCERIA PARA CAMINHÃO; MERCEDES BENZ; 7,30 METROS DE COMPRIMENTO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165984", "208")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165984", "CONTAINER MARÍTIMO DE 6 METROS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165988", "209")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165988", "CARROÇA COM FREIO E ARREIO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165990", "210")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165990", "GAIOLA PARA F4000")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165994", "211")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165994", "GAIOLA BOIADEIRA (DE MERCEDES BENZ 608)")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165997", "212")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165997", "CARRETA DE FERRO DE 4x2 METROS")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165989", "215")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165989", "CARRETA 2 RODAS")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165985", "216")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165985", "ADUBADEIRA")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165986", "217")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165986", "PULVERIZADOR JACTO 600 L; BOMBA 75 I/MIN; 12 MTS BARRAS")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165987", "218")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165987", "GRADE ARADORA DE BOI; 12 DISCOS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165991", "219")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165991", "ELEVADOR PARA CARRETA BIM DE 4 X 0.6 METROS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165992", "220")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165992", "4 PNEUS (MEDIDA 600-65-28)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165993", "221")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165993", "CONCHA DE HIDRAULICO PARA TRATOR")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165995", "222")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165995", "CONCHA PARA CARREGADEIRA; DE 1.8 METROS DE LARGURA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165998", "223")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165998", "LOTE COM 4 EXAUSTORES CENTRIFUGO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165999", "224")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165999", "ELEVADOR DE CARGA DE 3.5 MT")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165996", "1090")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165996", "RACK FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166014", "1091")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166014", "AR CONDICIONADO DE JANELA 18.000 BTUS; MARCA SPRINGER; QUENTE E FRIO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166012", "1126")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166012", "LOTE COM 17 UNIDADES DE FERRAMENTAS; MARCA BELZER (NOVAS)")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166013", "1127")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166013", "BROCA PARA CONCRETO; BOSCH SPEED X; SDS MAX; MEDIDAS 35X800X920MM (NOVA)")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166003", "1999")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166003", "BRITADOR CONICO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166007", "2000")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166007", "CAMINHÃO M.BENZ/AXOR 2644S6X4; 2017/2018; BRANCA; DIESEL - APROX. 148 MIL KM")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>284.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166008", "2001")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166008", "REB/FNV FRUEHAUF; 1974/1974; PRETA; PARA 30 MIL LITROS; TODA EM AÇO INÓX; PESO DO TANQUE 11 TONELADAS")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166000", "2002")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166000", "TRATOR ALICHARME ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166009", "2003")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166009", "REB/KRONE; 1994/1994; BRANCA; CAÇAMBA 3 EIXOS")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166010", "2004")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166010", "SEMI-REBOQUE SR/USICAMP SRCP E2 10000; 2009/2009; AZUL - DOC. 2023 OK (VENDA SEM PNEUS E SEM RODAS)")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166011", "2005")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166011", "SEMI-REBOQUE SR/FACCHINI SRF TC; 2009/2009; VERMELHA  (VENDA SEM PNEUS E SEM RODAS)")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166001", "2005")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166001", "MUNK DE 3 LANÇAS HIDRÁULICAS E 2 MANUAIS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166002", "2006")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166002", "BRITAGEM MÓVEL; PENEIRA ALIMENTADOR; BRITADOR 60/40 SOBRE RODAS")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166006", "2006")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166006", "PÁ CARREGADEIRA CATERPILLAR 966 - FUNCIONANDO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166004", "2007")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166004", "BRITADOR 62/40 FAÇO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166005", "2008")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166005", "PLANTADEIRA DE CANA - FUNCIONANDO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>