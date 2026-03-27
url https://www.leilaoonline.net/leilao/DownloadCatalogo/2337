--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167497", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167497", "RETROESCAVADEIRA MASSEY FERGUSSON MOD. 86 TORK ANO 1990 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167498", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167498", "TRATOR MASSEY FERGUSON MOD.65 X ANO 1978")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167500", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167500", "MICRO ONIBUS MERCEDES BENZ OF 1519 ANO 2013/2014")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168409", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168409", "PÁ CARREGADEIRA  CATERPILLAR MOD. 924F ANO 1996 - COM AR CONDICIONADO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168410", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168410", "PÁ CARREGADEIRA  NEW HOLLAND MOD. 12B ANO 2009")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167494", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167494", " PÁ CARREGADEIRA JCB MOD. 214 ANO 2002 - PARA RETIRADA DE PEÇAS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167499", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167499", "PÁ CARREGADEIRA CASE MOD. W20E ANO 2010")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168411", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168411", "PÁ CARREGADEIRA CATERPILLAR MOD. 924F ANO 1996")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167493", "048")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167493", " TRATOR DE ESTEIRA FIATALLIS MOD. 14CT ANO 1998")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167495", "053")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167495", " PÁ CARREGADEIRA CATERPILLAR MOD. 930T ANO 1993")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167496", "054")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167496", " PÁ CARREGADEIRA MICHIGAN MOD. 75 HD ANO 1979 ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>