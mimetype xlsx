--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166647", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166647", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>157.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166986", "021")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166986", "CAMINHÃO VW/6.90; 1985/1985; BRANCA; DIESEL; MOTOR MWM 229")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166651", "028")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166651", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166650", "036")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166650", "CAMINHÃO M. BENZ/L 2318; 1995/1995; VERMELHA; DIESEL; COM SIDER - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166637", "040")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166637", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>112.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166648", "041")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166648", "CAMINHÃO MERCEDES BENZ; 1991/1991; BRANCA; DIESEL; C/ MOTOR 1620 CADASTRADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>97.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166638", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166638", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166649", "053")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166649", "CAMINHÃO M. BENZ/L 1513; 1979/1979; AMARELA; DIESEL; 5,17 ENTRE EIXO - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166639", "055")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166639", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>139.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166646", "056")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166646", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>145.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166653", "057")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166653", "CAMINHÃO FORD/F4000; 1984/1984; AMARELA; DIESEL; MOTOR MWM226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...57 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166641", "063")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166641", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>152.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166640", "064")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166640", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166654", "065")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166654", "CAMINHÃO MERCEDES BENZ; 1969/1969; VERDE; DIESEL; COM GAIOLA BOIADEIRA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...57 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166643", "066")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166643", "CAMINHÃO FORD/CARGO 712; 2009/2009; PRATA; DIESEL; PLATAFORMA GUINCHO - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...20 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166644", "067")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166644", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>77.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166645", "070")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166645", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>147.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166652", "071")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166652", "CAMINHÃO FORD/F4000; 1977/1977; BEGE; DIESEL; MOTOR 226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166642", "072")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166642", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>