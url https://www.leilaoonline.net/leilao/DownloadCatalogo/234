--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10518", "043")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10518", "  TRATOR VALTRA BM 100 4X4 ANO 2001.  N° DE SÉRIE  BM10DA01279.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10519", "044")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10519", "  TRATOR VALTRA BM 110 4X4 ANO 2003.  N° DE SÉRIE BM11DH03839")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10516", "045")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10516", " TRATOR CASE MXM 180 4X4 ANO 2007.  N° DE SÉRIE MX80C400668")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10517", "046")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10517", " TRATOR CASE MXM 180 4X4  ANO 2006.    N° DE SÉRIE MX80C400373")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10520", "047")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10520", "  TRATOR CASE MXM 135 4X4 ANO 2006.    N° DE SÉRIE MX35C400149")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10521", "051")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10521", "  TRATOR CASE MXM 165 ANO 2005.    N° CHASSI MXM165 HCC0030189.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10523", "052")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10523", "  TRATOR NEW HOLLAND TM 150 4X4 ANO 2002.   N°  DE SÉRIE 299096")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10522", "053")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10522", " PÁ CARREGADEIRA CAT 924H ANO 2012.   N°  DE SÉRIE CAT0924HHKLN01255")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11047", "054")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11047", "CAVALO IVECO STRALLIS 380 6X2 ANO 2007 e CONJUNTO BI CAÇAMBAS "ABS" ANO 2013")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>