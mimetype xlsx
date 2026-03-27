--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,3067 +269,2687 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166812", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166812", "LOTE COM 5 MOTORES - PEÇAS AGRÍCOLAS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166813", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166813", "LOTE COM 16 COMANDOS HIDRÁULICOS - MOTORES HIDRÁULICOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166817", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166817", "LOTE COM 9 COMANDOS HIDRÁULICOS - BOMBA - MOTORES ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166818", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166818", "LOTE COM APROX. 574KG DE CHAPA - LANCE POR KG")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166819", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166819", "LOTE COM 4 CILINDROS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166820", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166820", "LOTE COM 10 PISTÕES JOHN DEERE")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166821", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166821", "LOTE COM 16 COMANDOS HIDRÁULICOS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166829", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166829", "LOTE COM 15 MOTORES HIDRAULICOS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166830", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166830", "LOTE COM 9 MOTORES / REDUTOR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166832", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166832", "LOTE COM 15 COMANDOS HIDRAULICOS JOHN DEERE")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166833", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166833", "LOTE COM 18 MOTORES HIDRÁULICOS JOHN DEERE")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166835", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166835", "LOTE COM 24 MOTORES HIDRAULICOS JOHN DEERE")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166836", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166836", "LOTE COM 20 PISTÕES JOHN DEERE")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166837", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166837", "LOTE COM 10 PISTÕES JOHN DEERE")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166838", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166838", "LOTE COM 10 PISTÕES JOHN DEERE")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166839", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166839", "LOTE COM 10 PISTÕES JOHN DEERE")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166840", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166840", "LOTE COM 26 MOTORES HIDRAULICOS JOHN DEERE")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166841", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166841", "LOTE COM 10 MOTORES PRIMARIO JOHN DEERE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166843", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166843", "LOTE COM 10 MOTORES PRIMARIO JOHN DEERE")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166844", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166844", "MOTOR COLHEITADEIRA JOHN DEERE")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166845", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166845", "MOTOR COLHEITADEIRA JOHN DEERE")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166846", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166846", "BLOCO DE MOTOR MWM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166847", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166847", "LOTE COM 11 PISTÕES JOHN DEERE")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166848", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166848", "TRANSMISSÃO TRASEIRA  LINHA 6000")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166849", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166849", "MOTOR MWM CAMINHÃO ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166850", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166850", "MOTOR MWM CAMINHÃO ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166851", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166851", "MOTOR MWM LINHA 6000")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166852", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166852", "TRANSMISSÃO TRASEIRA  LINHA 6000")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166853", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166853", "DIFERENCIAL DIANTEIRO LINHA 6000")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166854", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166854", "MOTOR MWM LINHA 6000")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166855", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166855", "TRANSMISSÃO TRASEIRA  LINHA 6000")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166856", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166856", "MOTOR MWM LINHA 6000")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166822", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166822", "LOTE COM  APROX. 1362KG DE PESO CNH (227KG CADA) - LANCE POR KG")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>0.15</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166826", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166826", "MÁQUINA CORTE E NUMERA CATU 380-F9")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166827", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166827", "MÁQUINA DE IMPRESSÃO HAMADA 700 CD")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166857", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166857", "CENTRAL ELETRONICA JOHN DEERE")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166955", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166955", "EMPILHADEIRA HYSTER H60FT - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>56.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166954", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166954", "MÓDULO BCU SIEMENS JOHN DEERE")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166972", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166972", "CHASSI C/TRANSMISSÃO TRASEIRA LINHA 6000")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166975", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166975", "CAMINHONETE LEGALIZADA GM/CHEVROLET C1404; 1976/1976; VERMELHA; GASOLINA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166982", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166982", "2 PNEUS 24.5-32 PIRELLI TM 95 14 LONAS (NOVO)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166983", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166983", "2 PNEUS 18.4-26 PIRELLI TM 95 10 LONAS (NOVO)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166987", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166987", "PNEU 540/80 R-38 (MEDIDA EQUIVALENTE AO 20.8-38); BORRACHA VIPAL")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166989", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166989", "LOTE COM 16 KITS DE RODA C/PNEUS DE TRANSBORDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167054", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167054", "veja o vídeo!! TRATOR EMPILHADEIRA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167339", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167339", "veja o vídeo!! PRENSA; 160 T - 1.16X1.85 DE LARGURA E 2.10 DE ALTURA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167451", "087")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167451", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.450,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167452", "088")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167452", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167453", "089")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167453", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167454", "090")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167454", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167455", "091")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167455", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167456", "092")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167456", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167457", "093")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167457", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167458", "094")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167458", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167459", "095")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167459", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167460", "096")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167460", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167461", "097")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167461", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167462", "098")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167462", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167463", "099")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167463", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167464", "100")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167464", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167465", "101")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167465", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167466", "102")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167466", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167467", "103")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167467", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167468", "104")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167468", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...186 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167469", "105")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167469", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...218 lines deleted...]
-      <c r="D33" s="4" t="inlineStr">
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167470", "106")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167470", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E33" s="5" t="inlineStr">
-[...314 lines deleted...]
-      <c r="D43" s="4" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167471", "107")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167471", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167472", "108")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167472", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167473", "109")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167473", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167474", "110")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167474", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167475", "111")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167475", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167476", "112")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167476", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167502", "113")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167502", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167503", "114")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167503", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167504", "115")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167504", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E43" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D46" s="4" t="inlineStr">
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167505", "116")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167505", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D48" s="4" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167506", "117")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167506", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167507", "118")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167507", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E48" s="5" t="inlineStr">
-[...250 lines deleted...]
-      <c r="D56" s="4" t="inlineStr">
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167508", "119")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167508", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E56" s="5" t="inlineStr">
-[...314 lines deleted...]
-      <c r="D66" s="4" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167509", "120")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167509", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167510", "121")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167510", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167511", "122")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167511", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E66" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D67" s="4" t="inlineStr">
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167512", "123")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167512", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E67" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D70" s="4" t="inlineStr">
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167513", "124")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167513", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E70" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D71" s="4" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167514", "125")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167514", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E71" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D72" s="4" t="inlineStr">
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167515", "126")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167515", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E72" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D73" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167516", "127")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167516", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E73" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D74" s="4" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167517", "128")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167517", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167518", "129")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167518", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E74" s="5" t="inlineStr">
-[...186 lines deleted...]
-      <c r="D80" s="4" t="inlineStr">
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167519", "130")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167519", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E80" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D83" s="4" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167520", "131")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167520", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E83" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D86" s="4" t="inlineStr">
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167521", "132")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167521", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E86" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D87" s="4" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167522", "133")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167522", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E87" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D89" s="4" t="inlineStr">
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167523", "134")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167523", "LOTE COM 10 KITS DE RODAS E PNEUS MONTADOS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E89" s="5" t="inlineStr">
-[...478 lines deleted...]
-      </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167524", "135")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167524", "LOTE COM APROXIMADAMENTE 250 PNEUS USADOS (TODOS EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>