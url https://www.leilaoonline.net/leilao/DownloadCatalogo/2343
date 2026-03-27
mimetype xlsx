--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167027", "014")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167027", "AUDI/A3 1.8T; 2005/2005; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166723", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166723", "FORD/JEEP; 1965/1965; BEGE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166956", "016")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166956", "VW/GOL GTS; 1991/1992; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167275", "017")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167275", "CAMINHÃO M. BENZ/L 1618; 1995/1995; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>86.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167525", "018")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167525", "veja o vídeo!! VW/FUSCA 1300; 1975/1975; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167526", "019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167526", "CAMINHÃO M. BENZ/L 1313; 1974/1974; VERMELHA; DIESEL; DIREÇÃO HIDRÁULICA; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>59.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167530", "020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167530", "CAMINHÃO M. BENZ/L 1620; 1997/1997; BRANCA; DIESEL; BASCULANTE; DIFERENCIAL ROCKWEEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166720", "025")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166720", "VW/SANTANA 2.0; 2001/2001; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166709", "026")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166709", "veja o vídeo!! GM/BONANZA CUSTOM S; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166716", "027")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166716", "veja o vídeo!! VW/VW FUSCA 1300 L; 1979/1979; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166722", "028")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166722", "veja o vídeo!! FORD/ESCORT 1.0 HOBBY; 1996/1996; VERDE; GASOLINA - FUNCIONANDO ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166711", "029")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166711", "CAMINHONETE GM/S10 2.8 D; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166708", "030")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166708", "CAMINHÃO IVECO DAI MOD T3510B; 1999/1999; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166719", "031")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166719", "VW/FUSCA 1300; 1976; BRANCO; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166712", "032")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166712", "veja o vídeo!! YAMAHA/XT 600 E; 1994/1994; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167057", "035")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167057", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>30.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167056", "036")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167056", "CAMINHÃO M. BENZ/L 2318; 1995/1995; VERMELHA; DIESEL; COM SIDER - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166713", "037")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166713", "veja o vídeo!! VW/SAVEIRO CL 1.8; 1994/1994; PRATA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166714", "038")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166714", "veja o vídeo!! VW/FUSCA 1300; 1968/1968; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166724", "039")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166724", "I/TOYOTA HILUX 4CDK SR; 2001/2002; VERDE; DIESEL")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167248", "040")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167248", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166715", "051")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166715", "VW/FUSCA 1500; 1972/1972; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167055", "053")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167055", "CAMINHÃO M. BENZ/L 1513; 1979/1979; AMARELA; DIESEL; 5,17 ENTRE EIXO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166717", "055")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166717", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167058", "057")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167058", "CAMINHÃO FORD/F4000; 1984/1984; AMARELA; DIESEL; MOTOR MWM226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166727", "060")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166727", "CAMINHÃO FORD 11000; 1990/1990")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166725", "061")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166725", "GM/KADETT LITE; 1993/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167060", "071")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167060", "CAMINHÃO FORD/F4000; 1977/1977; BEGE; DIESEL; MOTOR 226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166718", "097")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166718", "CAMIONETA GM/CHEVROLET D10; 1984/1984; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166726", "112")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166726", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...798 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166728", "114")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166728", "CAMINHONETE FORD/F100; 1973/1973; AZUL; DIESEL; MOTOR MERCEDES 608 - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>