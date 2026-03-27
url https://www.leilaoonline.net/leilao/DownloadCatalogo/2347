--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167038", "19320")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167038", " RETROESCAVADEIRA JCB, MOD. 3C 4X2, ANO 2013/2013; AMARELA. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167043", "19321")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167043", " BARCO SMOAR I ANO 2021, MOTORIZAÇÃO MERCEDES OM 447. - LOC. CURUÇA/ PARÁ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167039", "19326")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167039", " BOMBA SUBMERSÍVEL MSO, MOD. SLURRY80 - 250 - 20CV; ANO 2021. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167044", "19327")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167044", " CARROCERIA MISTA FACCHINI. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167045", "19328")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167045", " ESCAVADEIRA HIDRAULICA JCB, MOD. JS 200 LC, ANO 2008. LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>107.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167042", "19329")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167042", " REBOQUE CASAGRANDE CC1, ANO 2008/2008, BRANCA. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167041", "19331")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167041", "APROX. 161 TUBOS EM PEAD CORR PLATIK; 250mm SRD13,6 PN 12,5 PE 100, ANO 2022. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167046", "19332")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167046", " CUNHA HIDRAULICA. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>