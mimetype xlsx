--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167804", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167804", "veja o vídeo!! CHEV/TRAILBLAZER LT D4A; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167792", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167792", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167790", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167790", "veja o vídeo!! VW/GOL 1.8; 2000/2001; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167232", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167232", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2019/2020; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE R$ 177.000,00")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167225", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167225", "veja o vídeo!! TOYOTA/YARIS HB XL 13 AT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167227", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167227", "TOYOTA/COROLLA XEI20FLEX; 2018//2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167229", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167229", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167219", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167219", "veja o vídeo!! I/CITROEN C4PIC EXC A 7L; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167220", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167220", "I/FORD FOCUS 2.0L HA; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...47 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167233", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167233", "I/CHEV SONIC LT HB MT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167228", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167228", "veja o vídeo!! I/VW AMAROK CD 4X4 SE; 2013/2014; PRETA; DIESEL")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167226", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167226", "veja o vídeo!! FIAT/FIORINO IE; 2005/2005; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167529", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167529", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167230", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167230", "veja o vídeo!! MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>59.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167224", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167224", "FIAT/FIORINO IE; 2006/2006; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167221", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167221", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167222", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167222", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167223", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167223", "GM/S10 2.4 D; 2001/2002; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167231", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167231", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167237", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167237", "YAMAHA/MT-03; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>6.950,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167234", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167234", "veja o vídeo!! GM/S10 2.2 D; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167236", "033")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167236", "veja o vídeo!! TOYOTA/ETIOS HB XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167235", "034")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167235", "veja o vídeo!! I/CITROEN JUMPY FURGAOPK; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - APROX. 16.000KM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>62.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167238", "036")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167238", "veja o vídeo!! VW/NOVO GOL TL MCV; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE: 45.385,00")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167241", "043")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167241", "VW/SAVEIRO 1.6; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167239", "051")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167239", "I/HONDA CBR 600RR; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - APROX. 56.000KM")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167240", "054")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167240", "PEUGEOT/207PASSION XS A; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167242", "076")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167242", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 983; CP 126")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...281 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167243", "090")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167243", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 974; CP 122")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167244", "108")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/167244", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 403; CP 123")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>