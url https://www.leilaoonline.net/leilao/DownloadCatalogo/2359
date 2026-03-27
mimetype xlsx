--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168384", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168384", " 08 un. LIXEIRA EM INOX COM TAMPA MEIA LUA - marca TNG AMBIENTAL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168395", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168395", " 16 un. ARQUIVO EM AÇO - 134X47X70CM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168388", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168388", " 05 un. ARQUIVO EM MADEIRA - 134X47X50CM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168392", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168392", " 04 un. ARMÁRIO GUARDA-VOLUMES EM MADEIRA - 210X105X69CM")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168394", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168394", " 03 un. BANCADA DE TRABALHO - EL ELION - 160x70x200cm")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168396", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168396", " 01 un. BANCADA DE TRABALHO - EL ELION - 151X71X210CM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168389", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168389", " 04 un.BANCADA DE TRABALHO - EL ELION - 110X69X200CM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168397", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168397", " 04 un. RACK PISO PARA SERVIDOR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168387", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168387", " 28 un. COLETOR DE PLÁSTICO E PAPEL - TNG AMBIENTAL- 29CM ALT. X 24CM LARG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168391", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168391", " 168 un. COLETOR DE PLÁSTICO E PAPEL - TNG AMBIENTl - 24CM ALT. X 24CM LARG.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168390", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168390", " 01 un FACHADA LUMINOSA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168385", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168385", " 01 un PAINEL BOMBA INCÊNDIO - MONPAINEIS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168398", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168398", " 02 un. MESA DE ECRITÓRIO BRANCA - 140X80X75CM")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168393", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168393", " 02 un. MESA DE REUNIÃO - 180X90X75CM")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168399", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168399", " 04 un. MESA DE REUNIÃO - 180X80X75CM")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168386", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168386", " 01 un. PAINEL PARA NOBREAK 60X43X160CM")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168400", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168400", " 01 un. PAINEL ELÉTRICO - 60X18X76CM")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168405", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168405", " aprox. 100 mt linear - BWSWAY (BARRAMENTO BLINDADO)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168403", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168403", " aprox. 100 mt linear - BWSWAY (BARRAMENTO BLINDADO)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168402", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168402", " aprox. 100 mt linear - BWSWAY (BARRAMENTO BLINDADO)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168401", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168401", " aprox. 100 mt linear - BWSWAY (BARRAMENTO BLINDADO)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168404", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168404", " aprox. 150 mt linear - BWSWAY (BARRAMENTO BLINDADO)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>