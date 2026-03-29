--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10716", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10716", "MOTONIVELADORA VOLVO G940, ANO 2009 SÃO MARTINHO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10717", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10717", "MOTONIVALADORA VOLVO G940, ANO 2010 SÃO MARTINHO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10718", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10718", "MATERIAIS DIVERSOS - BALANÇAS, EXAUSTOR E OUTROS, SÃO MARTINHO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10719", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10719", "MATERIAIS DIVERSOS - 12 TRAVAS QUEDA E 01 CADEIRA SUSPENSA, SÃO MARTINHO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10720", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10720", "FRASCOS DE VIDRO; 250, 150 E 100ml; ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11000", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11000", "2 ESTEIRA HIDRÁULICA METÁLICA  DE 14 E 18  METROS, SÃO MARTINHO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11046", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11046", "CALANDRA 2000 MM HD CALD SÉRIE Nº 900141, ANO 2008 ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>