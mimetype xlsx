--- v0 (2025-10-18)
+++ v1 (2026-03-27)
@@ -269,1403 +269,1231 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168441", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168441", "[ VÍDEOS ] ESCAVADEIRA CATERPILLAR MOD. 336 D ANO Aprox.. 2011")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>430.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168423", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168423", "[ VÍDEO ] PÁ CARREGADEIRA VOLVO MOD. L50 ANO 1999")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168424", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168424", " [ VÍDEO ] RETROESCAVADEIRA CATERPILLAR MOD. 416E 4X2 ANO 2002")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168416", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168416", "[ VÍDEOS ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>260.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172272", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172272", "[ VÍDEO ] ESCAVADEIRA DOOSAN MOD. DX140 ANO 2012")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>269.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168446", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168446", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 930  ANO 1982 - TRANSMISSÃO CAT")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168445", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168445", "[ VÍDEO ] PÁ CARREGADEIRA  CATERPILLAR  MOD. 938G ANO 2000")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>129.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168443", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168443", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 580L 4X4 ANO 2007")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172265", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172265", "RETROESCAVADEIRA JCB MOD. 3CX  ANO 2018 -  APROX. 4.000 HRS.LINHA COMPLETA ( CONCHA E ROMPEDOR) - AR GELANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>259.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172266", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172266", "[ VÍDEOS ] ROLO COMPACTADOR XCMG MOD. XS80PD ANO 2012 - VIBRANDO - CABINADO - MOTOR CUMMINS - ACOMPANHA CAPA PÉ DE CARNERO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>159.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168429", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168429", "[ VÍDEOS ] PÁ CARREGADEIRA MICHIGAN MOD. 55A ANO Aprox. 1982")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168430", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168430", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD.  45C ANO Aprox. 1988")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168415", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168415", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR. MOD. D5 (CÂMBIO). ANO Aprox. 1991")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>178.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168419", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168419", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO APROX. 1980 C/ RIPPER MOTOR MB 1113 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168442", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168442", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168418", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168418", "[ VÍDEO ] TRATOR MASSEY FERGUSON. MOD. 50X. ANO Aprox. 1974 - 2 PNEUS TRASEIROS NOVOS. COM TOMADA DE FORÇA. ACOMPANHA ROÇADEIRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168431", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168431", " PÁ CARREGADEIRA MICHIGAN MOD. 75HD - MOTOR MB 113 - TORQUE 28.000-ORBITAL DE FABRICA / PNEUS LARGO/CONCHA GRANDE -OPERACIONAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168425", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168425", "[ VÍDEOS ] ESCAVADEIRA HYUNDAI MOD. 220LC ANO 2014 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>340.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168439", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168439", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU MOD. WA320 ANO 2007")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>245.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168440", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168440", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20B Aprox. 1987 - CLARCK 28.000 - MOTOR MB TURBO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168432", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168432", "[ VÍDEO ] MOTONIVELADORA DRESSER MOD. 140C ANO APROX. 1989 - MOTOR MB 352 TURBO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168438", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168438", " GRADE ARADORA MARCA TATU - BACIA E MANCAIS NOVOS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168421", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168421", "02 GRAMICHEL ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168426", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168426", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168422", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168422", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172273", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172273", "[ VÍDEO ] RETROESCAVADEIRA CASE  MOD. 580L 4X4 ANO 2007 ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>149.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168437", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168437", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC ANO APROX. 1991 - MOTOR MB 1113")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168434", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168434", "[ VÍDEO ] MOTONIVELADORA NEW HOLLAND MOD. FG85B ANO APROX. 1996 -MOTOR CUMMINS-TRANSMISSÃO CLACK - DESLOCAMENTO LATERAL DE LÂMINA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168413", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168413", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168433", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168433", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. FR12B ANO 1995 MOTOR MWM - COM JOY STICK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168435", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168435", " TRATOR VALMET MOD. 85ID ANO 1982 - MOTOR MWM 4CC - BARRAMENTO HIDRAULICO / TOMADA DE FORÇA - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168436", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168436", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN CLARCK 75III ANO 1979 / 4 PNEUS BONS - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168414", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168414", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168444", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168444", "[ VÌDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 1999")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168412", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168412", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168427", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168427", "TRATOR MASSEY FERGUSSON MOD. MF65R ANO 1978 - TORQUE VKR")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168417", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168417", " PÁ CARREGADEIRA CATERPILLAR. MOD. 938G II. ANO 2006")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>245.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168420", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168420", "MUNCK RODOMAQ ANO 2016 - MOD. GHR 25.000")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168451", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168451", " MERCEDES BENZ / L 608D ANO 1979/1979 - AZUL - DIESEL -BAÚ REFRIGERADO - DOC. OK")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...1197 lines deleted...]
-      </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168450", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168450", " VW / 15.180 CNM ANO 2011/2012 - BRANCA - DIESEL *MECANISMO OPERACIONAL - DOC. OK")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168447", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168447", " VW / 15.180 CNM ANO 2009/2010 - BRANCA - DIESEL - CARROCERIA ABERTA - DOC. OK")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168452", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168452", " MERCEDES BENZ / L1113 ANO 1985/1985 - AZUL - DIESEL - VENDA NO CHASSI ( DOCUMENTO CONSTA TANQUE) - DOC OK")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168448", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168448", " MERCEDES BENZ /1938S - 6 X 2 ANO 2004/2004 - BRANCO - DIESEL")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>98.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>