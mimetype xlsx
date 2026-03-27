--- v0 (2025-10-18)
+++ v1 (2026-03-27)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168945", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168945", " COLHEDORA DE CANA CASE MOD. 7700 ANO 2007 - MOTOR CUMMINS ( FEITO A 3 MESES) - PARTE HIDRÁULICA REVISADA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168946", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168946", " RETROESCAVADEIRA CASE MOD. 580M 4X4 ANO 2010 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168925", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168925", " 2 Blocos de motor John Deere 6090")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168929", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168929", "[ VÍDEO ] TRATOR DE ESTEIRA FIATALLIS MOD. 75CI ANO 1971 - FUNCIONANDO / PARTE RODANTE MEIA VIDA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168949", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168949", " SEMI-REBOQUE FACCHINI ANO 209/2010 - COM PNEUS - 25M³")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168944", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168944", " CULTIVADOR DMB MOD. SÃO FRANCISCO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168920", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168920", " Cabine suplementar marca Gascom 2 portas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168917", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168917", " 2 para-choques Trator New Holland TL 75")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168950", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168950", "TRANSBORDO CIVEMASSA MOD. TAC13.000  CAPAC. 13 TON. - 3 EIXOS ANO 2007 - SEM PNEUS / SEM RODAS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168915", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168915", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168918", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168918", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168921", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168921", " Carrocerria oficina com armários marca Gascom")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168952", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168952", "CAMINHÃO MERCEDES BENZ 1720 ANO 2001/2001  COM EQUIPAMENTO ROLLON ROLONOFF MOD. G25 - SEM CAÇAMBA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168926", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168926", " Varredeira Marca Ausa ano 2012 /2.290 hrs/motor funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168924", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168924", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168923", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168923", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168922", "029")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168922", " Baú refrigerado Gancheiro assoalho canelado ano 2013")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168927", "030")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168927", "EMPILHADEIRA DAEWOO ANO 1998 - CAPAC.2.5 TON. A GÁS - (NÃO ACOMPANHA CILINDRO). FUNCIONANDO.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168938", "032")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168938", "EMPILHADEIRA CLARK C300 CAPAC. 2,5 TON ANO 1990 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168939", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168939", "EMPILHADEIRA TOYOTA  FG60 CAPAC. 3  TON  ANO 1990")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168941", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168941", "[ VÍDEO ] EMPILHADEIRA YALE GP50 2,5 TON ANO 2003")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168942", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168942", "EMPILHADEIRA DAEWOO  2,5 TON ANO 1998 - TORRE TRIPLEX (FALTA BOMBA DA TRANSMISSÃO E BOMBA DO HIDRÁULICO)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168931", "040")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168931", "COMBOIO MARCA LDA CAPACIDADE APROX. 10.000 LTS ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168932", "041")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168932", "MB SPRINTER 313 CDI ANO 2004 / 2005 - DIESEL - C/ AR CONDICIONADO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168933", "042")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168933", "LOTE CONTENDO: 1 TORNO C/ BANCADA, 1 MANDRIL E FERRAMENTAS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168934", "043")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168934", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2017")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168935", "044")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168935", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2017")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168936", "045")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168936", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2013")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168937", "046")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168937", "MB / L 2220 ANO 1988/1989 - FUNCIONANDO - NO CHASSI - SEM BATERIA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...894 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168919", "049")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168919", " Carroceria borracheira Gascom. Ano 2014")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>