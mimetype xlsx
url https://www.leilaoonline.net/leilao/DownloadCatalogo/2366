--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168370", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168370", "VW/PASSAT LS; 1975/1975; MARROM; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168371", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168371", "veja o vídeo!! VW/GOL 1.8; 2000/2001; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168636", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168636", "veja o vídeo!! VW/SAVEIRO CL 1.8; 1994/1994; PRATA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168811", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168811", "AUDI/A3 1.8T; 2005/2005; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168893", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168893", "veja o vídeo!! VW/GOL GTS;  1988/1989; VERMELHA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168358", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168358", "FORD/JEEP; 1965/1965; BEGE; GASOLINA; TRAÇADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168894", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168894", "veja o vídeo!! VW/GOL GTS; 1990/1990; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168904", "017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168904", "CAMINHÃO M. BENZ/L 1618; 1995/1995; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168359", "018")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168359", "veja o vídeo!! VW/FUSCA 1300; 1975/1975; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168905", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168905", "CAMINHÃO M. BENZ/L 1313; 1974/1974; VERMELHA; DIESEL; DIREÇÃO HIDRÁULICA; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168906", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168906", "CAMINHÃO M. BENZ/L 1620; 1997/1997; BRANCA; DIESEL; BASCULANTE; DIFERENCIAL ROCKWEEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169763", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169763", "veja o vídeo!! VW/PARATI GL; 1991/1991; VERDE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170915", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170915", "GM/S10 2.4 D; 2001/2002; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>17.501,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168909", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168909", "CAMINHÃO M. BENZ/LAK 1317; 1986/1986; BRANCA; DIESEL; TURBINADO HIDRÁULICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>92.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168354", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168354", "veja o vídeo!! YAMAHA/XT 600 E; 1994/1994; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168357", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168357", "VW/SANTANA 2.0; 2001/2001; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168352", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168352", "veja o vídeo!! GM/BONANZA CUSTOM S; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168355", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168355", "veja o vídeo!! VW/VW FUSCA 1300 L; 1979/1979; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168353", "029")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168353", "CAMINHONETE GM/S10 2.8 D; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168903", "030")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168903", "CAMINHÃO IVECO DAI MOD T3510B; 1999/1999; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168356", "031")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168356", "VW/FUSCA 1300; 1976; BRANCO; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168910", "032")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168910", "CAMINHÃO FORD/FORD F 4000; 1976/1976; AMARELA; DIESEL; MOTOR MWM 229 - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168908", "035")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168908", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168360", "038")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168360", "veja o vídeo!! VW/FUSCA 1300; 1968/1968; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168365", "040")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168365", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168361", "051")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168361", "VW/FUSCA 1500; 1972/1972; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168907", "053")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168907", "CAMINHÃO M. BENZ/L 1513; 1979/1979; AMARELA; DIESEL; 5,17 ENTRE EIXO - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168362", "055")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168362", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168911", "057")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168911", "CAMINHÃO FORD/F4000; 1984/1984; AMARELA; DIESEL; MOTOR MWM226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168912", "071")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168912", "CAMINHÃO FORD/F4000; 1977/1977; BEGE; DIESEL; MOTOR 226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168363", "097")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168363", "CAMIONETA GM/CHEVROLET D10; 1984/1984; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168364", "112")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168364", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...958 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168366", "114")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168366", "CAMINHONETE FORD/F100; 1973/1973; AZUL; DIESEL; MOTOR MERCEDES 608 - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>