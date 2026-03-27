--- v0 (2025-11-08)
+++ v1 (2026-03-27)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168642", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168642", "COMPRESSOR WAYNE 60 PÉS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168643", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168643", "COMPRESSOR RADIAL 15 CV")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168644", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168644", "COMPRESSOR RADIAL 15 CV")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168645", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168645", "ASPIRADOR DE PÓ INDUSTRIAL NOVO JAPÃO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168646", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168646", "ESCADA APX. 3 METROS EM AÇO INÓX COM CORRIMÃO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170509", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170509", "EMPILHADEIRA YALE 2.500KG OPALA 4CC GLP (CILINDRO DE GLP NÃO ACOMPANHA)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168647", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168647", "COMPRESSOR DE REFRIGERAÇÃO SABROE C-750 A SMC-6-180")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168648", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168648", "COMPRESSOR DE REFRIGERAÇÃO SABROE C-750 A SMC-6-180")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170510", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170510", "TALHA ELÉTRICA CROÁCIA; CAP. 8.000KG; COM APROX. 13,5 METROS DE VIGA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168649", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168649", "FUNIL DESUMIDIFICADOR DE PLÁSTICO 200KG YANN BANG")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168650", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168650", "SERRA DE FITA VERTICAL ARTRAM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168651", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168651", "BOMBA COM MEDIDOR DE FLUXO SUZZARA BLUE K24")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168652", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168652", "MOTO BOMBA 30 CV")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168653", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168653", "MOTO BOMBA 40 CV")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168654", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168654", "RADIADOR 180CM X 110CM X 30CM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168655", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168655", "RADIADOR 180CM X 110CM X 20CM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168656", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168656", "FURADEIRA DE BANCADA MOTOMIL FBM-160I")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168657", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168657", "MÁQUINA DE SOLDA PONTO 15 KVA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168658", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168658", "EXTRUSORA DE PLÁSTICO 35MM 5HP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168659", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168659", "GELADEIRA INDUSTRIAL MECALOR")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168660", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168660", "GELADEIRA INDUSTRIAL ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168661", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168661", "GELADEIRA INDUSTRIAL REFRISAT")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168662", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168662", "MULTIFUNCIONAL SERRA CIRCULAR E FURADEIRA HORIZONTAL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168663", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168663", "TIFOR 1600 KG")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168664", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168664", "TIFOR CARBOGRAFITE 3200 KG ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168665", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168665", "MÁQUINA PARA FECHAMENTE DE CAIXAS COM FITA ADESIVA CYKLOP")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168666", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168666", "PRENSA EXCÊNTRICA 25 TON VERA CRUZ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168667", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168667", "FRISADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168668", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168668", "SERRA POLICORTE")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168669", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168669", "CALANDRA MANUAL 1200 X 2 MM")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168670", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168670", "BOMBA CENTRÍFUGA KSB 6" PARA 5"")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168671", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168671", "BOMBA CENTRÍFUGA KSB 8" PARA 6"")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168672", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168672", "MÁQUINA DE CORTE PLASMA CUT-60 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168673", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168673", "MISTURADOR EM AÇO INOX 200 L")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168674", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168674", "BOMBA DE DIAFRAGMA 1/2 HP")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168675", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168675", "GUILHOTINA NEWTON 3 X 1220 MM")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168676", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168676", "TUNEL DE ENCOLHIMENTO BAND-IT")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168677", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168677", "PRENSA SORVETEIRA PNEUMÁTICA PARA FIXAÇÃO DE SOLA DE CALÇADO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168678", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168678", "IMPRESSORA HP")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168679", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168679", "DESENTUPIDORA RIDGID KOLLMANN K1000")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168680", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168680", "DESENTUPIDORA RIDGID KOLLMANN K1000")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168681", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168681", "DESENTUPIDORA RIDGID KOLLMANN K500")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...117 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168682", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168682", "COMPRESSOR ATLAS COPCO SF4 220V SEM ÓLEO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168683", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168683", "COMPRESSOR ATLAS COPCO GA10 220V/2000")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168684", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168684", "COMPRESSOR ATLAS COPCO GX7 220V/2008 ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168685", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168685", "COMPRESSOR ATLAS COPCO GA11 220V/2000")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168686", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168686", "PRENSA 200 TON")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168687", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168687", "LOTE DE MOTORES GE (APX. 730 CV, INFORMAÇÕES NA DESCRIÇÃO)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168688", "054")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168688", "TORNO MECÂNICO CINCINNATI")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168689", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168689", "TORNO MECÂNICO SCHUTTE")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168690", "056")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168690", "TORNO MECÂNICO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168691", "057")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168691", "SECADOR DE AR COMPRIMIDO NORGREN")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168694", "061")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168694", "BALANÇA DIGITAL WELMY")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168695", "062")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168695", "FILTRO DE AR FILTROS BARRA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168696", "063")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168696", "TANQUE RESERVATÓRIO 100 L")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168822", "064")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168822", "FURADEIRA RADIAL ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168827", "065")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168827", "MÁQUINA PARA CORTAR VERGALHÃO 7/8"")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168840", "066")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168840", "BOMBA DOSADORA PROMINENT SIGMA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168842", "067")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168842", "EXTRUSORA DE PLÁSTICO 60MM CIOLA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168843", "068")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168843", "LAVADORA INDUSTRIAL WAP")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168844", "069")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168844", "TUPIA PARA MADEIRA")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168845", "070")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168845", "VENTILADOR EXAUSTOR 1/2 HP CASP ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168846", "071")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168846", "PRENSA BALANCIM DE CORTE HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...121 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168847", "072")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168847", "NOBREAK")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168848", "073")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168848", "CALANDRA PARA LABORATÓRIO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168900", "074")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168900", "MOTOBOMBA KSB 14M3/H MOTOR DIESEL MERCEDES-BENZ 4 CILINDROS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168901", "075")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168901", "DOBRADEIRA MANUAL 1000MM X 2MM")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168902", "076")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168902", "BOMBA VÁCUO 3 CV")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168849", "078")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168849", "TRANSFORMADOR A SECO 281KVA 220V/440V")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168850", "079")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168850", "TRANSFORMADOR A SECO 281KVA 220V/440V")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...1790 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168851", "080")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168851", "LOTE COM 21 UNIDADES DE VIGAS EM AÇO INÓX COM APX. 6 METROS E APX. 950 KG")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168852", "081")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168852", "LOTE COM 20 UNIDADES DE VIGAS EM AÇO INÓX COM APX. 6 METROS E APX. 900 KG")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>