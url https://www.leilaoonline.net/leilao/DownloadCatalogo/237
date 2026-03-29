--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10908", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10908", " Minicarregadeira Case 420 2010")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10907", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10907", " Minicarregadeira Cat 216 2011")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10909", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10909", "  Retroescavadeira Case 580M 4x4 2011")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10912", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10912", " Retroescavadeira Case 580N 4x4 Cabinada 2012")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...75 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10919", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10919", " Retroescavadeira Case 580N 4x4 Cabinada 2012")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10917", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10917", "  Trator de Esteiras Cat D5K 2009")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10914", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10914", " Pá Carregadeira Case W20E 2010")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10910", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10910", " Escavadeira Hidráulica Hyundai R320 2011")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10911", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10911", " Escavadeira Hidráulica Case CX220B 2011")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10916", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10916", " Escavadeira Hidráulica Komatsu PC200 2011")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10918", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10918", " Motoniveladora Case 845B 2011")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10915", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10915", " Motoniveladora Cat 140H 1989")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10913", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10913", " Rolo Compactador Liso com capa pata Müller Vap 70 2010")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11050", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11050", "TRATOR LOVOL/FOTON - ANO 2013")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...333 lines deleted...]
-      </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11051", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11051", "TRATOR VALTRA A-900 - ANO 2005")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>