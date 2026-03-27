--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168834", "009")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168834", "veja o vídeo!! CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168828", "010")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168828", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169000", "011")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169000", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 24.300KM")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>86.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168978", "012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168978", "CHEV/SPIN 1.8L AT LTZ; 2017/2018; CINZA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168821", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168821", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>34.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168820", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168820", "veja o vídeo!! CHEV/ONIX PLUS 10TAT LT1; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 8.500KM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168825", "015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168825", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2015; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168818", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168818", "veja o vídeo!! HONDA/FIT LX CVT; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168819", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168819", "CHEVROLET/ONIX 1.0MT LT; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168813", "018")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168813", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR1; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - FIPE: 88.172,00")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168824", "019")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168824", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168816", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168816", "veja o vídeo!! HYUNDAI/CRETA 16A PULSE; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 10.300KM")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>62.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168814", "021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168814", "veja o vídeo!! HONDA/FIT EX CVT; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168817", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168817", "veja o vídeo!! FIAT/UNO ECONOMY 1.4; 2012/2013; CINZA ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168980", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168980", "veja o vídeo!! RENAULT/OROCH 20 DYN42; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168835", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168835", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168815", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168815", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168826", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168826", "veja o vídeo!! I/VW SPACEFOX SPORT.GII; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168839", "028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168839", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2010/2011; VERDE; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>16.850,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171014", "029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171014", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>96.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168832", "049")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168832", "veja o vídeo!! PEUGEOT/208 ACTIVE; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168833", "050")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168833", "veja o vídeo!! CHEV/PRISMA 1.0MT LT; 2013/2014; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168830", "056")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168830", "veja o vídeo!! GM/CORSA SEDAN PREMIUM; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168837", "111")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168837", "veja o vídeo!! FORD/FIESTA FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168836", "113")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168836", "veja o vídeo!! TOYOTA/COROLLA XEI18FLEX; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168838", "137")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168838", "CITROEN/PICASSO II16GLXF; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...718 lines deleted...]
-      <c r="E34" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F34" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168841", "139")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168841", "GM/CORSA HATCH MAXX; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>