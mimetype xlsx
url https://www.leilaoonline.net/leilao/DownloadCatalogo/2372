--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168874", "111")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168874", " FIAT UNO MILLE WAY  ECONOM, ANO 2013/2013. - FR. 2001055. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168867", "112")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168867", " FIAT STRADA HD WORKING CC E, ANO 2020/2020. - FR. 2001745. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168876", "113")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168876", " FIAT STRADA HD WORKING CC E, ANO 2020/2020. - FR. 2001750. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168873", "114")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168873", " FIAT STRADA HD WORKING CC E, ANO 2020/2020. - FR. 2001757. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168880", "115")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168880", " FIAT STRADA HD WORKING CC E, ANO 2020/2020. - FR. 2001741. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168866", "116")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168866", " FIAT STRADA HD WORKING CC E, ANO 2020/2020. - FR. 2001743. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168869", "117")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168869", " RENAULT DUSTER DYN 1.6 SCE, ANO 2017/2018. - FR. 2001327. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168877", "118")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168877", "RENAULT DUSTER 2.0 4X4, ANO 2016/2017. - FR. 2001298. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168879", "119")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168879", " CHEVROLET SPIN 1.8L MT LT, ANO 2018/2018. - FR. 2001355. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168875", "120")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168875", " RENAULT DUSTER DYN 1.6 SCE, ANO 2017/2018. - FR. 2001328. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168871", "121")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168871", " RENAULT DUSTER DYN 1.6 SCE, ANO 2017/2018. - FR. 2001326. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168878", "122")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168878", " CHEVROLET SPIN 1.8L AT LT, ANO 2019/2019. - FR. 2001388. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168868", "123")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168868", " CHEVROLET SPIN 1.8L AT LT, ANO 2019/2020. - FR. 2001727. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168872", "124")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168872", " CHEVROLET SPIN 1.8L AT LT, ANO 2019/2020. - FR. 2001729. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168870", "126")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168870", " APROX. 198 CELULARES E TABLETS DIVERSAS MARCAS E MODELOS. - NO ESTADO EM QUE SE ENCONTRAM. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>