--- v0 (2025-11-05)
+++ v1 (2026-03-27)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169011", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169011", " MOTO HONDA NXR150 BROS ES FROTA  51039 ANO:  2013 PLACA: FINAL: 7  Horímetro:  79445 , PARADO DESDE DE 11/22 E PAROU FUNCIONANDO.; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169010", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169010", " MOTO HONDA NXR150 BROS ES FROTA  51040 ANO:  2013 PLACA: FINAL: 4 , Horímetro:  107379.7 , PARADO DESDE DE 11/22 - NÃO ESTÁ FUNCIONANDO. - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169015", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169015", " AMBULÂNCIA MB SPRINTER 311 FROTA - 1826 ANO:  2013 PLACA: FINAL 6 ,  Horímetro:  63012,  PAROU FUNCIONANDO - ACESSORIOS SERÃO RETIRADOS.  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169014", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169014", " TRATOR CASE IH PUMA 200 FROTA 324703 ANO:  2016 Série/Chassi :  HCCZ3C00KGCF54658 Horímetro:  18380 NÃO TESTADO - ACESSÓRIOS SERÃO RETIRADOS  - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>197.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169012", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169012", " CAVALO MEC. SCANIA G 420 A - 6x4 FROTA 1112  ANO:  2011/2012 PLACA:  NYG 8415 Série/Chassi :  9BSG6X400C3802100 MOTOR N.  8186103 Horímetro:  553,227.60 NÃO TESTADO -  POSSUI ARRANHADOS, AMASSADOS, CORROSÃO E AVARIAS - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169017", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169017", " CAVALO MEC. SCANIA G 420 - 6x4 FROTA 53242 ANO:  2011/2012 PLACA:  NYG 6850 Série/Chassi :  9BSG6X400C3803375 MOTOR N.  818754703 Horímetro:  501,307.90 NÃO TESTADO -  POSSUI ARRANHADOS, AMASSADOS, CORROSÃO E AVARIAS - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169016", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169016", " CAVALO MEC. SCANIA G 420 A - 6x4 FROTA 53249 ANO:  2011/2012 PLACA:  NYG 6883 Série/Chassi :  9BSG6Z400C3803400  MOTOR N.  818757203 Horímetro:  397,154.90 NÃO TESTADO -  POSSUI ARRANHADOS, AMASSADOS, CORROSÃO E AVARIAS - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169013", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169013", " CAVALO MEC. SCANIA G 420 A - 6x4 FROTA 53251 ANO:  2011/2012 PLACA:  NYG 6822 Série/Chassi :  9BSG6X400C3803405 MOTOR N.  818757703 Horímetro:  436,870.40 NÃO TESTADO -  POSSUI ARRANHADOS, AMASSADOS, CORROSÃO E AVARIAS - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169018", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169018", " CAVALO MEC. SCANIA G 420 - 6x4 FROTA 53250 ANO:  2011/2012 PLACA:  NYG6815 Série/Chassi :  9BSG6X400C3803262 MOTOR N.  818744303 Horímetro:  398,125.60 NÃO TESTADO -  POSSUI ARRANHADOS, AMASSADOS, CORROSÃO E AVARIAS - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169021", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169021", " CAVALO MEC. SCANIA G 420 - 6x4 FROTA 53239 ANO:  2011/2012 PLACA:  NYG 6862 Série/Chassi :  9BSG6X400C3803611 MOTOR N.  818778303 Horímetro:  421,157.40 NÃO TESTADO -  POSSUI ARRANHADOS, AMASSADOS, CORROSÃO E AVARIAS - ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169019", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169019", " CAMINHÃO FORD/CARGO 1217 - BAU.  FROTA 1402 ANO:  2001 PLACA:  GXM3732 Série/Chassi :   9BFXTNAF61BB05873 MOTOR N.  30473699 Horímetro:  736,017.30 NÃO FUNCIONA, COM AVARIAS, COROSÃO E AMASSADOS. COMPRESSOR SERÁ RETIRADO. ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169022", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169022", " CAMINHÃO FORD/CARGO 1217 - CHASSI.  FROTA 53025 ANO:  2001/2002 PLACA:  GXM 2828 Série/Chassi :  9BFXTNAF52BB11021 MOTOR N.  Horímetro:  262757 NÃO ESTA FUNCIONANDO; COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169020", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169020", " CAMINHÃO FORD/CARGO 2626 FROTA 1463 ANO:  2003 PLACA:  GZG9517 Série/Chassi :  9BFZTNYTX3BB27110 MOTOR N.  Horímetro:  752749 NÃO ESTÁ FUNCIONANDO, MOTOR QUEIMANDO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169023", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169023", " CAMINHÃO FORD/CARGO 2628 COM TANQUE.  FROTA 1472 ANO:  2007 PLACA:  HBN0828 Série/Chassi :  9BFZCEEX47BB94346  MOTOR N.  30925128 Horímetro:  447,724.70 NÃO ESTA FUNCIONANDO; COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>162.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169024", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169024", " CAMINHÃO FORD/CARGO 2626 FROTA 1466 ANO:  2003 PLACA:  GZG9515 Série/Chassi :  9BFZTNYT63BB27427  MOTOR N.  30494324 Horímetro:  323,644.10 NÃO FOI TESTADO, COM TANQUE, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169025", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169025", " CAVALO MECÂNICO VOLVO FM 480 - 6X4 FROTA 53235 ANO:  2011 PLACA:  HKI 4C15 Série/Chassi :  9BVJSW0DXBE782974 MOTOR N.  D13*850325*A2*E Horímetro:  563,689.90 NÃO FOI TESTADO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169027", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169027", " CAVALO MECÂNICO VOLVO FM 460 - 6X4. FROTA 316008 ANO:  2013/2014 PLACA:  OWZ5I94 Série/Chassi :  9BVJG20DXEE814388 MOTOR N.  D13*879238*C1*E Horímetro:  507,239.55 NÃO FOI TESTADO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B26" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169026", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169026", " CAVALO MECÂNICO VOLVO FM 500 - 6X4 FROTA 316009 ANO:  2014/2015 PLACA:  PVK7D73 Série/Chassi :  9BVJG30D6FE829845  MOTOR N.  D13*893573*C1*E Horímetro:  561,225.00 NÃO FOI TESTADO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169028", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169028", " CAVALO MECÂNICO VOLVO FM 460 - 6X4. FROTA 316002 ANO:  2013/2014 PLACA:  OXB6956 Série/Chassi :  9BVJG20D8EE814268 MOTOR N.  D13*879122*C1*E Horímetro:  518,506.00 NÃO FOI TESTADO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>116.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169029", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169029", " CAVALO MECÂNICO VOLVO/FM 480 - 6x4.  FROTA 1551 ANO:  2011 PLACA:  HKF 9596 Série/Chassi :  9BVJSW0D9BE783047 MOTOR N.  D13*850407*A2*E Horímetro:  680,394.50 NÃO FOI TESTADO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169030", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169030", " CAVALO MECÂNICO VOLVO FMX 480 - 6x4.  FROTA 1548 ANO:  2011 PLACA:  HKF9603 Série/Chassi :  9BVJSW0D5BE782980 MOTOR N.  D13*850349*A2*E Horímetro:  601,363.00 NÃO FOI TESTADO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169031", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/169031", " CAVALO MECÂNICO VOLVO FMX 480 - 6x4.  FROTA 1550 ANO:  2011 PLACA:  HKF 9612 Série/Chassi :   9BVJSW0D9BE782979 MOTOR N.  D13*850343*A2*E Horímetro:  626,550.80 NÃO FOI TESTADO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>