--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168996", "048")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168996", "veja o vídeo!! VW/NOVO GOL TL MCV; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE: 45.385,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168989", "049")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168989", "veja o vídeo!! I/VW AMAROK CD 4X4 SE; 2013/2014; PRETA; DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168977", "050")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168977", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2019/2020; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE R$ 177.000,00")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>73.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168985", "051")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168985", "CAMINHONETE I/TOYOTA HILUX CD4X4; 2007/2007; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168986", "052")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168986", "veja o vídeo!! CHEV/TRAILBLAZER LT D4A; 2017/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 193.167,00")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168981", "053")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168981", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168983", "054")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168983", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168976", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168976", "veja o vídeo!! MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168984", "056")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168984", "veja o vídeo!! I/CITROEN JUMPY FURGAOPK; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - APROX. 16.000KM")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168975", "057")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168975", "TOYOTA/COROLLA XEI20FLEX; 2018//2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>46.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168982", "058")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168982", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168974", "059")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168974", "veja o vídeo!! FIAT/FIORINO IE; 2005/2005; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168987", "060")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168987", "veja o vídeo!! I/CITROEN C4PIC EXC A 7L; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168997", "061")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168997", "I/HONDA CBR 600RR; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - APROX. 56.000KM")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>40.001,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168998", "062")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168998", "PEUGEOT/207PASSION XS A; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168999", "064")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168999", "veja o vídeo!! RENAULT/SANDERO EXPR 16; 2015/2016; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168995", "065")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168995", "YAMAHA/MT-03; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.900,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168979", "066")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168979", "I/CHEV SONIC LT HB MT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168988", "067")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168988", "FIAT/FIORINO IE; 2006/2006; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168993", "068")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168993", "veja o vídeo!! GM/S10 2.2 D; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168994", "069")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168994", "veja o vídeo!! TOYOTA/ETIOS HB XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168990", "070")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168990", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168991", "071")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168991", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>