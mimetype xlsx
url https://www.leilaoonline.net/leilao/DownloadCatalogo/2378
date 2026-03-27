--- v0 (2025-10-28)
+++ v1 (2026-03-27)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171696", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171696", "CAMINHÃO FORD/F4000; 1977/1977; BEGE; DIESEL; MOTOR 226 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171688", "017")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171688", "CAMINHÃO M. BENZ/L 1618; 1995/1995; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170482", "018")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170482", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171689", "019")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171689", "CAMINHÃO M. BENZ/L 1313; 1974/1974; VERMELHA; DIESEL; DIREÇÃO HIDRÁULICA; TURBINADO - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>39.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171690", "020")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171690", "CAMINHÃO M. BENZ/L 1620; 1997/1997; BRANCA; DIESEL; BASCULANTE; DIFERENCIAL ROCKWEEL - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>93.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170480", "021")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170480", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170483", "030")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170483", "CAMINHÃO IVECO DAI MOD T3510B; 1999/1999; BRANCO - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171694", "032")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171694", "CAMINHÃO FORD/FORD F 4000; 1976/1976; AMARELA; DIESEL; MOTOR MWM 229 - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171693", "035")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171693", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170479", "036")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170479", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170481", "041")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170481", "CAMINHÃO MERCEDES BENZ; 1991/1991; BRANCA; DIESEL; C/ MOTOR 1620 CADASTRADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>52.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171692", "053")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171692", "CAMINHÃO M. BENZ/L 1513; 1979/1979; AMARELA; DIESEL; 5,17 ENTRE EIXO - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170503", "056")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170503", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...57 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171695", "057")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171695", "CAMINHÃO FORD/F4000; 1984/1984; AMARELA; DIESEL; MOTOR MWM226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...25 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170506", "061")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170506", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170501", "064")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170501", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170502", "066")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170502", "CAMINHÃO FORD/CARGO 712; 2009/2009; PRATA; DIESEL; PLATAFORMA GUINCHO - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>112.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170504", "067")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170504", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>