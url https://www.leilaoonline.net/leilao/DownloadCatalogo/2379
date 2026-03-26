--- v0 (2025-10-26)
+++ v1 (2026-03-26)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170573", "614")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170573", "125 EUCALIPTOS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170604", "615")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170604", "MOTOCICLETA KASINSKI / COMET 150 70; COR BRANCA; ANO 2011/2012 - COM CHAVE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170603", "616")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170603", "VEÍCULO I/FORD FOCUS 1.6 FLEX FC; COR PRETA; ANO 2008 - COM CHAVE")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.700,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170606", "617")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170606", "CAMINHÃO FORD F4000; ANO 1983/1984 - COM CHAVE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170558", "618")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170558", "PÁ CARREGADEIRA CATERPILLAR 924G - 2000 MOTOR PERKINS PATRIMONIO Nº 10.085")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170557", "619")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170557", "RETROESCAVADEIRA RK 406 B / 2014 PATRIMONIO Nº 15063")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>154</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>124.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170571", "620")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170571", "LOTE COM SUCATAS DE CANOS E OUTROS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>16.400,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170569", "621")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170569", "LOTE COM CADEIRAS E CARTEIRAS ESCOLARES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170568", "622")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170568", "LOTE COM 1 MÁQUINA DE LAVAR ROUPA INDUSTRIAL")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170567", "623")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170567", "LOTE COM LUMINÁRIAS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>13.450,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170555", "624")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170555", "ROÇADEIRA C35; PATRIMÔNIO Nº 6314")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170601", "628")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170601", "PEUGEOT BOXER MULTIJET 2.3; ANO 2015 - COM CHAVE")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170602", "629")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170602", "PEUGEOT BOXER MULTIJET 2.3; ANO 2015  - COM CHAVE")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170572", "630")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170572", "LOTE COM BATERIAS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170556", "631")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170556", "LOTE COM ROÇADEIRAS STIHL FS220 / ROÇADEIRA ECHO SRM 4605")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170564", "632")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170564", "LOTE COM PNEUS USADOS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170563", "633")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170563", "LOTE COM BEBEDOURO, GELADEIRA, FOGÃO E HOSPITALARES")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170570", "634")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170570", "LOTE COM SUCATAS DE ELÉTRICA EM GERAL")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170605", "635")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170605", "CAMINHÃO VW/16210 H; ANO 1990; PATRIMONIO Nº 7225 - COM CHAVE")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>197</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>75.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170566", "636")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170566", "LOTE COM CAMAS INFANTIS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170565", "637")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170565", "LOTE COM CAIXA DE SOM, TV, ITENS DE INFORMÁTICA E VENTILADORES")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170561", "640")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/170561", "LOTE COM ITENS DE ESCRITÓRIO E OUTROS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>