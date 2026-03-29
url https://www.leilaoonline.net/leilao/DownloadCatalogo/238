--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10779", "250")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10779", "PEUGEOT; 207 HB XR; 2010/2011; ALCO./GASOL.; PRATA;")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10989", "251")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10989", "HONDA FIT LX AUTOMÁTICO, ANO 2005/2005, COMB. GAS. COR VERDE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10777", "252")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10777", "GM ZAFIRA EXPRESSION; 2012/2012; BRANCA; GAS/ALC/GNV")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>15.800,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10856", "253")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10856", "I; JEEP WRANGLER SPORT; 1997/1998 VERMELHA; DIESEL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10857", "254")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10857", "FIAT / PALIO WEEKEND; 2002/2002; AZUL; GASOLINA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.950,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10776", "255")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10776", "DODGE; JOURNEY SXT; 2010/2010; PRATA; GASOLINA; 7 LUGARES")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10858", "256")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10858", "I/FORD; TRST MODIFICAR TP; 2010/2011; BRANCA; DIESEL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10780", "257")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10780", "HONDA FIT LX AUTOMÁTICO, ANO 2008/2008, COMB. GAS. COR CINZA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10778", "258")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10778", "RANAULT/ CLIO AUT 1.0 16V, ANO/MOD 04/05, COMB. GASOLINA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10990", "260")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10990", "FORD; RANGER XL 13P 4X4 TURBO; 2008/2009; BRANCA; DIESEL")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10991", "261")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10991", "VW / PARATI CL 1.8, ANO/MOD 1991/92, GAS, COR VERDE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>6.350,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10997", "263")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10997", "IMP / M.BENZ 190 E 2.6, 1989/1989; CINZA; GASOLINA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10998", "264")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10998", "I / RENAULT KANGOO EXPRESS 1.6, 2012/2013, BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10859", "300")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10859", "M.BENZ/LO 608 D; 1976/1977; AZUL; DIESEL")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10860", "301")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10860", "VW/ 8.120; 2003/2004; BRANCA; DIESEL")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>119</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>47.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10861", "302")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10861", "M.BENZ/ L608 D; 1973/1973; AMARELA; DIESEL")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10862", "303")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10862", "FORD / CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>28.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10863", "304")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10863", "VOLVO/ NL 12 360 4X2; 1993/1993; BRANCA; DIESEL")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10864", "305")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10864", "FORD CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10781", "307")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10781", "FORD/CARGO 1418, 1988/1988, BRANCA, DIESEL,")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10782", "308")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10782", "MERCEDES BENZ/ 1723, 1998/1999, PRATA, DIESEL,")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11033", "309")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11033", "EMPILAHADEIRA LARK, COR VERDE, GLP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.450,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11034", "310")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/11034", "GM CLASSIC LIFE, ANO/MOD 07/08, COR PRETA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>