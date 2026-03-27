--- v0 (2025-10-10)
+++ v1 (2026-03-27)
@@ -269,2619 +269,2295 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173941", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173941", " Lote com: 02 TVs digitais")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173986", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173986", "TV 42" - LCD Panasonic - Funcionando")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173950", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173950", " Lote com: 05 plantas artificiais - 2 (39.5x38) - 2 (50x37) - 1 (63x60)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173945", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173945", " Lote com: 02 plantas artificiais - 1.05x72.5")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173966", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173966", " Planta Artificial - 1,12 x 0,79")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173944", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173944", " Netbook Acer")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173987", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173987", " Video Game")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173940", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173940", " Bote inflável c/ 2 remos")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173952", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173952", " Lote com: 26 celulares - para peças")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173964", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173964", " Lote com: 43 celulares - para peças")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173955", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173955", " Lote com: 38 celulares - para peças")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173962", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173962", " Lote com: 04 unidades de celular")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173942", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173942", " Lote com: 2 lanternas antigas")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173943", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173943", " Balança (d) (m)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173963", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173963", " Lote com: 05 unidades de Detector Fluido Refrigeração")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173947", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173947", " Persiana Branca Fine Flex - Blackout - 1,45 x 4,50")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173961", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173961", " Persiana Branca Fine Flex - Blackout - 1,20 x 4,50")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173970", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173970", " Persiana Branca Romana - 2,63 L x 2,00 A")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173958", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173958", " Gabinete - Cuba deca - Torneira Deca - Pedra - desmontados")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173967", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173967", " Pratarias Antigas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173954", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173954", " Rádio DvD - tela Lcd")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173968", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173968", " Lote com: 03 unidades de rádio")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173949", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173949", " Lote com: 08 unidades Réguas com Cabo PP/Tomada")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173953", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173953", " Lote com: 02 sapatos -sem uso (37/38)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173951", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173951", " Lote com: 16 unid. Telefones fixos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173957", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173957", " Vaso sanitário - Deca")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173948", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173948", " Puff Rosa Camurça com rodapé dourado")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173956", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173956", " Puff Branco Pés Palito Dourado")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173946", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173946", " Mesinha de Canto Azul com dourado")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173965", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173965", " Mesinha canto tok stok - rosê c/ tampo em vidro")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173959", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173959", "Lote de Marcenaria - Diversos")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173969", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173969", " [vídeo] Modeladora - Limaq 2017 - Esteira e guilhotina 220V - doce chocolate e núcleo de bombom")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>23.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173960", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173960", " Guarda Roupa 5 portas ORNARE - sem uso - embalado")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173972", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173972", "[video] Peneira vibratória circular - 220 trifásico")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173977", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173977", " Buffet quente - Para até 10 cubas - Fritomaq - Porta pratos")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173974", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173974", " Xbox 360 - 2 jogos - 1 controle sem fio - 1 guitarra - Sem uso ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173976", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173976", " xbox 360 - 2 jogos - 1 controle sem fio - volante, câmbio e pedal - Sem uso ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173971", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173971", " Cartuchos Vazios - diversos")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173978", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173978", " lote com: 10 impressoras Epson - Hp e outros - sem estante")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173975", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173975", " [vídeo] Embaladora Kawamac - 2017")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173979", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173979", " Toners diversos")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173980", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173980", "Fiorino Flex. 1.4 - 2014/15 - motor novo - Pl final 9")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173981", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173981", "Lote com: 2 uni. VELAS PHILIPS IMAGEO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173982", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173982", "Lote com: 07 Steps ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173983", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173983", "Pesos de academia e bolas de academia - diversos - Sem caixa ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173984", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173984", "Câmeras, cocinete, grampeador tapeceiro, multímetro, 5 DVDs e outros")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173985", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173985", "[video] Amassadeira Prática AE-80 -Fabricação 2020 - ótimo estado")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173988", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173988", "Maca de estética - 03 posições")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173989", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173989", "Maca de estética - Dobrável ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173990", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173990", "Máquina para raspadinha - 110w - triturador de gelo ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174008", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174008", "Válvula Solenoide - 1 polegada - sem uso ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174431", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174431", "Honda CBX 250 Twister 2003")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174009", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174009", "Ventilador de parede ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174010", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174010", "Geladeira Brastemp")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174011", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174011", "Geladeira 4 portas - aço inox - 5 prateleiras")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174012", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174012", "Estante Tilt - TokStok - Sem uso ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174095", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174095", "Honda CBR 1000 RR Repsol 2011")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174096", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174096", "MB E 250 CGI Coupe 2011")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174432", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174432", "GM VECTRA SEDAN ELEGANCE 2005/2006 - Banco em couro")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174433", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174433", "Lote com: Xbox 360 - Playstation - 4 jogos e rádio com cd mp3 ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174434", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174434", "Geladeira Visacooler - 3 prateleiras")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174435", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174435", "Porta 82cm - barra de apoio, chave e guarnição")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174561", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174561", " Janela de baheiro em alumínio - 37.5x 1,07alt")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174556", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174556", " Janela de alumínio com veneziana de rolo - 1,45 x 1,56 alt")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174563", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174563", " Batedeira Britânia - sem uso")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174564", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174564", " Eletrodomésticos")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174557", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174557", " Escova Secadora Soft e outros")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174560", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174560", " Estufa com 10 bandejas - funcionando")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174565", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174565", " Forno elétrico Fisher - Funcionando")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174562", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174562", " Porta de alumínio com ventilação e guarnição - 72cm x 2,10")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174559", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174559", " Lote com: 3 Ventiladores de coluna - Ventisilva")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174567", "074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174567", " Lote com: 6 réguas de tomadas com cabo PP e tomada industrial")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174558", "075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174558", " Lote com: 6 réguas de tomadas com cabo PP e tomada industrial")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174566", "076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174566", " Expositor giratório de bolos e tortas - Frilux")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174568", "077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174568", "Jogo de panelas Edu Guedes - cerâmica por indução")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174569", "078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174569", "Mesa em ferro retangular - vidro - 6 cadeiras")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174570", "079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174570", "Ventilador de parede ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174571", "080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174571", "Ventilador de parede ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174572", "081")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174572", "Ventilador de parede ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...287 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...639 lines deleted...]
-      <c r="F46" s="4" t="inlineStr">
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174573", "082")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174573", "Geladeira Visacooler - 3 prateleiras")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-[...1406 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174574", "083")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174574", "Geladeira Visacooler - 3 prateleiras")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>