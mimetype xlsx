--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171878", "027")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171878", "veja o vídeo!! TOYOTA/ETIOS SD XS; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>27.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171023", "028")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171023", "veja o vídeo!! CHEVROLET/ONIX 1.0MT LT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171860", "029")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171860", "veja o vídeo!! I/HYUNDAI SANTA FE V6; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171861", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171861", "HYUNDAI/CRETA 16A ACTION; 2022/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 6.500KM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171786", "031")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171786", "CHEV/SPIN 1.8L AT LTZ; 2017/2018; CINZA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171497", "032")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171497", "veja o vídeo!! VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171049", "033")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171049", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 24.300KM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>84.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171041", "034")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171041", "veja o vídeo!! YAMAHA/DT 180 Z; 1990/1990; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171032", "035")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171032", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171018", "036")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171018", "veja o vídeo!! CHEV/ONIX PLUS 10TAT LT1; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 8.500KM")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171019", "037")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171019", "veja o vídeo!! CHEV/TRACKER 12T A PR; 2020/2021; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>90.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171027", "038")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171027", "veja o vídeo!! HONDA/FIT LX CVT; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>55.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171026", "039")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171026", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 185.652,00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>103.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171035", "040")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171035", "veja o vídeo!! RENAULT/OROCH 20 DYN42; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>159</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171022", "041")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171022", "veja o vídeo!! I/CHEVROLET AGILE LTZ; 2010/2011; PRATA; ALCO.GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 72.000KM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171021", "042")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171021", "veja o vídeo!! HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171020", "043")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171020", "veja o vídeo!! FORD/ECOSPORT XLT2.0FLEX; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171024", "044")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171024", "veja o vídeo!! HYUNDAI/CRETA 16A PULSE; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 10.300KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>61.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171029", "045")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171029", "veja o vídeo!! HONDA/FIT LX CVT; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 6.800KM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171028", "046")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171028", "veja o vídeo!! NISSAN/VERSA 10; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171025", "047")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171025", "veja o vídeo!! TOYOTA/YARIS HB XL 13 AT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171037", "048")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171037", "FIAT/SIENA EL 1.0 FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.650,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171033", "049")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171033", "veja o vídeo!! FIAT/UNO ECONOMY 1.4; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171031", "050")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171031", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171879", "051")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171879", "veja o vídeo!! FIAT/SIENA EL 1.0 FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171038", "066")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171038", "veja o vídeo!! FORD/KA SE 1.0 HA C; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171048", "067")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171048", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2010/2011; VERDE; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171039", "079")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171039", "veja o vídeo!! RENAULT/SANDERO AUT1016V; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171045", "101")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171045", "veja o vídeo!! I/VW AMAROK CD 4X4 HIGH; 2012/2012; PRETA; DIESEL - FUNCIONANDO - IPVA 2023 PAGO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171042", "109")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171042", "CITROEN/C3 GLX 14 FLEX; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...377 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171044", "119")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171044", "veja o vídeo!! HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171046", "350")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171046", "veja o vídeo!! JOGO DE RODAS COM PNEUS ARO 17 COM PNEUS 205/40")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171047", "352")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171047", "LOTE COM 3 PNEUS (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>