--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172081", "044")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172081", "M.BENZ313CDI/SPRINTERF; 2005/2006; VERMELHA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172079", "045")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172079", "veja o vídeo!! HONDA/WR-V EXL CVT; 2021/2021; AZUL; ALCO./GASOL. - FUNC. - IPVA 2023 OK - FIPE R$ 101.953,00")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172080", "046")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172080", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 34.400KM - FIPE R$ 114.558,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171684", "047")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171684", "veja o vídeo!! GM/S10 2.2 D; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171678", "048")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171678", "veja o vídeo!! VW/NOVO GOL TL MCV; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE: 45.385,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171677", "049")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171677", "veja o vídeo!! I/VW AMAROK CD 4X4 SE; 2013/2014; PRETA; DIESEL")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171670", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171670", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2019/2020; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE R$ 177.000,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171977", "051")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171977", "veja o vídeo!! DAFRA/CITYCOM 300I; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171675", "052")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171675", "veja o vídeo!! CHEV/TRAILBLAZER LT D4A; 2017/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 193.167,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171671", "053")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171671", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171685", "054")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171685", "veja o vídeo!! TOYOTA/ETIOS HB XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171669", "055")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171669", "veja o vídeo!! MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172085", "056")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172085", "veja o vídeo!! I/NISSAN FRONTIER XGEAR; 2021/2022; PRETA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 26.100KM - FIPE R$ 233.845,00 ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>171.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171668", "057")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171668", "TOYOTA/COROLLA XEI20FLEX; 2018//2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>73.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171672", "058")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171672", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171979", "059")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171979", "veja o vídeo!! DAFRA/CITYCOM 300I; 2011/2012; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171676", "060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171676", "veja o vídeo!! I/CITROEN C4PIC EXC A 7L; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171679", "061")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171679", "I/HONDA CBR 600RR; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - APROX. 56.000KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171680", "062")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171680", "PEUGEOT/207PASSION XS A; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171673", "063")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171673", "veja o vídeo!! I/CITROEN JUMPY FURGAOPK; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - APROX. 16.000KM")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>92.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172086", "064")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172086", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171686", "065")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171686", "YAMAHA/MT-03; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171681", "066")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171681", "I/CHEV SONIC LT HB MT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171682", "070")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171682", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...493 lines deleted...]
-      </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171683", "071")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171683", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>