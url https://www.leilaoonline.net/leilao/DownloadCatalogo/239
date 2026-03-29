--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1435 +269,1259 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10788", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10788", "  VW SANTANA 1.8(1996/1996) /VERMELHA/ GASOLINA/ PLACA: BFW 5241/ CHASSI: 9BWZZ327TP007264")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10789", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10789", " Aproximadamente 350 tubos de irrigação em alumínio. Dimensões e diâmetro: 6”x 6m. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10786", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10786", " Sucatas diversas (cadeiras, carteiras entre outros).")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10785", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10785", " Aprox. 270 placas cimentícias. Dimensões: 1,00x1,00 m. Espessura 3 cm, cor branca atérmica.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10790", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10790", " Sucata de equipamentos (furadeira, serra horizontal, base c/motor e outros).")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10787", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10787", " 06 Aeradores spiderderjet 25HP ano: 2008/2009  (sucata).")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10791", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10791", " Disjuntor a óleo tipo C-15C, tensão nominal 15KV, corrente nominal 600a (sucata).")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10792", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10792", " VW SANTANA 2.0  (2003/2003) / PRETA/ GASOLINA / PLACA DBA 7302/ CHASSI: 9BWAE03X63P013612")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10795", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10795", " GM CORSA 1.6 (1998/1999) / BRANCA/ GASOLINA/ PLACA: BFW 5249/ CHASSI: 9BGSE80NXWC668671 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10794", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10794", " VW KOMBI LOTAÇÃO (2005/2005) /BRANCA/  GASOLINA/  PLACA: DBA 7308/ CHASSI: 9BWGB07X75P011609 ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10798", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10798", " VW GOL (2001/2002)/ BRANCA/ PALACA: BNZ 5074/ GASOLINA/  CHASSI: 9BWCA05Y72T046487")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10793", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10793", " VW FUSCA 1600 (1995/1996)/ PRATA/ GASOLINA/PLACA BZI 9066/ CHASSI: 9BWZZZ113SP016609")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10797", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10797", " CAMINHÃO FORD F600 PIPA (SUCATA). ANO:1976, PLACA: BFW-5245, CHASSI:LA7DSA74436 //ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO ,DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10796", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10796", " VW PARATI (SUCATA). ANO:1988 PLACA: BFY-4175, CHASSI:9BWZZZ30ZJP206760 // ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10799", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10799", " M.BENZ MB180 D (SUCATA). ANO:1995/1996 ; PLACA: CHP-2270, CHASSI: VSA631372S3201602// ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10802", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10802", " GM KADETT IPANEMA; (SUCATA) ANO 1997; PLACA BVZ 8691; CHASSI: 9BGKA35BVVB430034// ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO, DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10804", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10804", " VW KOMBI (SUCATA). ANO: 1991,PLACA:BFW-5246, CHASSI: 9BWZZZ23ZMP001637// ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10803", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10803", " VW KOMBI (SUCATA). ANO:1989, PLACA: BRZ-9341 CHASSI:9BWZZZ23ZKP015301//ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO, DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10800", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10800", " VW KOMBI FURGÃO (SUCATA). ANO:1988 PLACA: CCI-4385, CHASSI:9BWZZZ21ZJP000018//ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10801", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10801", " VW KOMBI (SUCATA). ANO:1989, PLACA: BNZ-5065, CHASSI:9BWZZZ23ZKP003771//ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10805", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10805", " Aprox. 270 placas cimentícias, dimensões: 1,00x1,00 m, espessura 3 cm, cor branca atérmica.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10807", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10807", " ÔNIBUS M.BENZ O 364 11 R (SUCATA). ANO:1979,PLACA: BWY-0506, CHASSI: 36417313038359//ATENÇÃO: BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10806", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10806", "  MOTONIVELADORA HUBBER WARCO 140S (SUCATA)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10808", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10808", " Sucata ferrosa")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10809", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10809", " VW GOL GL (1988/1989)/ BRANCO/GASOLINA/ PLACA: BQL-8930/ CHASSI: 9BWZZZ30ZJT142471 ; pneus ruins e sem motor.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10810", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10810", " VW KOMBI LOTAÇÃO  (1997/1998)/ BRANCA/ GASOLINA/ PLACA: BFW-5243/ CHASSI: 9BWZZZ237VP046240")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10811", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10811", " VW KOMBI LOTAÇÃO (2003/2004)/ BRANCA/ GASOLINA/ PLACA: DBA-7303/ CHASSI: 9BWGB07X14P000684")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10815", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10815", " Carregadeira de esteira CAT 955.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10813", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10813", " Sucatas diversas (informática, materiais ferrosos, armários, cadeiras, entre outros).")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10817", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10817", " Lote bloquetes intertravado de concreto. Aproxim. 1.000M2")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10812", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10812", " Caminhão Ford 19000 (1981/1981)/AMARELO/ DIESEL/ PLACA: BNZ-5063/ CHASSI: LA7TYS98607 ; KM: 723598 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10814", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10814", " Baú em alumínio, medindo 9,00x2,60x2,70  (materiais inclusos no lote).")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10818", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10818", " Ônibus MB O400; 1994/ BRANCO/ DIESEL/  PLACA: BWT-6981/ CHASSI: 9BM664105RC079215 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10816", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10816", " VW KOMBI LOTAÇÃO (2005/2005)/ BRANCO/ GASOLINA/ PLACA: CMW-1364/ CHASSI:  9BWGB07X75P012243 ; KM: 450516")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10819", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10819", " FIAT Strada fire flex (2005/2006)/BRANCA/ FLEX/ PLACA: DQX-2502/ CHASSI: 9BD27801A62486286 ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10820", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10820", " Tanque de combustível em chapa de 3/16 com 6 bases boca de vasão 16. Medindo 1,91mx5,40m em aço carbono , em bom estado de conservação.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10822", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10822", " Aproximad. 270 placas cimentícias. Dimensões :1,00x1,00 m, espessura 3 cm, cor branca atérmica.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10821", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10821", " Revestimentos cerâmicos diversos.  15cmx15cm. Aprox. 300M2")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10823", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10823", " Sucata máquina prosabor EP 1000 c/painel.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...57 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10825", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10825", " Sucata mista.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10826", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10826", " Sucata de pneus e borracha.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...756 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10828", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10828", "  GM Kadett Ipanema 1.8 (ambulância) (1994/1995) /PLACA: BFW 5239/ BRANCO/ GASOLINA/ CHASSI:  9BGKA35GSRC309538")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10827", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10827", " VW BORA 2001/ VERDE/ GASOLINA/ PLACA: CDV 0858/ CHASSI: 3VWRA49M61M176922")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10829", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10829", " CAÇAMBA BASCULANTE tampa traseira marca Cimasp modelo CBC 12.000 capacidade 12m3 carga (2013) serie 1878 Obs; chassi danificado.")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>