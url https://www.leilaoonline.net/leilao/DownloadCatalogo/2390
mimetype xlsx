--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,2299 +269,2015 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172161", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172161", "LOTE COM 45 TONELADAS DE MOLAS - LANCE POR KG")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171714", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171714", "EMPILHADEIRA ELÉTRICA AMEISE ETV 1800 KG TRIPLEX 5,50M")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171715", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171715", "EMPILHADEIRA ELÉTRICA AMEISE ETV 20 2000 KG TRIPLEX 7,30M ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171716", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171716", "EMPILHADEIRA CLARK ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171717", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171717", "EMPILHADEIRA E-25")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.050,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171718", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171718", "LATA DE LIXO COM RODINHAS 1000 LITROS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171719", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171719", "LATA DE LIXO COM RODINHAS 140 LITROS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171720", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171720", "LATA DE LIXO COM RODINHAS 130 LITROS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171721", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171721", "CONJUNTO DE LATAS DE LIXO 70 LITROS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171722", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171722", "CONJUNTO DE LATAS DE LIXO 70 LITROS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171723", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171723", "CONJUNTO DE LATAS DE LIXO X LITROS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171724", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171724", "BETONEIRA ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171725", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171725", "BETONEIRA 350L")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171726", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171726", "MISTURADOR EM AÇO INÓX")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171727", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171727", "COMPRESSOR ATLAS COPCO GX7 2008")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171728", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171728", "COMPRESSOR ATLAS COPCO GX5 2003")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171729", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171729", "ARQUIVO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171730", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171730", "ARQUIVO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171731", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171731", "BRAÇO GIRATÓRIO 500KG")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171732", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171732", "REDUTOR ZPME 1:26")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171733", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171733", "CATRACA TORNIQUETE")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171734", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171734", "TALHA ELÉTRICA CABO DE AÇO 500KG SANSEI")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171735", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171735", "BOMBA CENTRÍFUGA TRIFÁSICA HERO 7,5 CV")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171736", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171736", "BOMBA CENTRÍFUGA TRIFÁSICA RUDC 3 CV")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171737", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171737", "BOMBA CENTRÍFUGA TRIFÁSICA RUDC 3 CV")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171738", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171738", "BOMBA CENTRÍFUGA HERO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171739", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171739", "MÁQUINA DE ENVASE/ ENVASADORA EM AÇO INOX DIALMATICA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171740", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171740", "SELADORA ENCOLHEDORA RAL-TEC ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171741", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171741", "MÁQUINA COM RESERVATÓRIO E COMPRESSOR DE AR")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171742", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171742", "MÁQUINA COM RESERVATÓRIO E COMPRESSOR DE AR")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171743", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171743", "ESTEIRA TRANSPORTADORA 620 CM ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171744", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171744", "MÁQUINA EM INOX")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171745", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171745", "MÁQUINA EM INOX")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171746", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171746", "MÁQUINA EM INOX")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171747", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171747", "TORNO AUTOMÁTICO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171748", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171748", "COMPRESSOR DE PISTÃO 30 PÉS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171749", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171749", "SUCATA (CARCAÇA) DE TALHA MANUAL KOCH 10 TON")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171750", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171750", "MÁQUINA DE COSTURA VIGORELLI")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171751", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171751", "MANCAL DE ACOPLAMENTO COM ENGRENAGEM")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171752", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171752", "MANCAL DE ACOPLAMENTO COM ENGRENAGEM")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171753", "049")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171753", "SERRA CIRCULAR BANCADA 3CV")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171754", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171754", "SERRA CIRCULAR BANCADA 5CV ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171755", "052")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171755", "DESBOBINADOR COM INVERSOR DE FREQUÊNCIA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171756", "053")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171756", "QUEIMADOR DE COMBUSTÍVEL GLP")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171757", "054")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171757", "TRITURADOR DE RESÍDUOS CLEANY F08/085 FCBM")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171758", "055")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171758", "JATO DE GRANALHA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171759", "056")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171759", "PENEIRA VIBRATÓRIA EM AÇO INÓX ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171760", "057")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171760", "VARREDEIRA DE PISO DIRIGÍVEL TENNANT GÁS GLP")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171761", "058")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171761", "BALANCIM HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171762", "060")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171762", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171763", "061")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171763", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171764", "062")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171764", "LIXADEIRA DE CINTA INDUSTRIAL ROCCO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171765", "063")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171765", "PRENSA DE FRICÇÃO 150 TON")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171766", "064")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171766", "TANQUE PULMÃO CILINDRO COMPRESSOR 160L ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171767", "065")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171767", "TANQUE PULMÃO CILINDRO COMPRESSOR 350L")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171768", "066")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171768", "TANQUE PULMÃO CILINDRO COMPRESSOR 450L")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171769", "067")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171769", "TANQUE PULMÃO CILINDRO COMPRESSOR 475L")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171770", "068")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171770", "SERRA DE FITA ROMAFRA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171771", "069")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171771", "CAIXA D´ÁGUA TIPO TAÇA TULIPA 5.000 LITROS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171772", "070")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171772", "TORNO JOINVILLE TM-175")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>12.300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171773", "072")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171773", "CORTADORA DE PISO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171774", "073")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171774", "EMPILHADEIRA ELÉTRICA AMEISE 1500 KG")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171775", "074")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171775", "COMPRESSOR CHIAPERINI 20 PÉS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171776", "075")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171776", "ESTAÇÃO DE TRATAMENTO DE ÁGUA PARA POSTO DE GASOLINA ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...1561 lines deleted...]
-      <c r="F63" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171777", "076")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171777", "CONSERVADOR DE GELO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171778", "077")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171778", "ESCADA DE FERRO 400 CM ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171779", "079")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171779", "LAVADORA DE ALTA PRESSÃO KARCHER HD800")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171780", "080")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171780", "MOINHO PRIMOTÉCNICA 250 MM")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-[...153 lines deleted...]
-      <c r="F68" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171781", "081")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171781", "BOMBA DE ENGRENAGEM 1,5 CV")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171782", "082")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171782", "BOMBA DE ENGRENAGEM 5 CV")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171783", "083")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171783", "BOMBA DE ENGRENAGEM 3 CV")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>