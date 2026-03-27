--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171800", "021")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171800", "I/VW AMAROK CS 4X4 S; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>54.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171801", "022")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171801", "I/TOYOTA HILUX SWSRXA4FD; 2016/2017; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>184.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171795", "030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171795", "CAMINHONETE LEGALIZADA GM/CHEVROLET C1404; 1976/1976; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172698", "032")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172698", "HONDA/CIVIC LXL; 2012/2013 ; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171796", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171796", "veja o vídeo!! PRENSA; 160 T - 1.16X1.85 DE LARGURA E 2.10 DE ALTURA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172256", "045")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172256", "LOTE COM 450 PNEUS 295/80 R22.5; LISO, MISTO E BORRACHUDO (EM CONDIÇÕES DE USO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172257", "046")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172257", "LOTE COM 40 PNEUS 600/50 R22.5 TRANSBORDO MICHELIN (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172352", "048")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172352", "LOTE COM 4 PNEUS 14.9-24 - 6 LONAS PIRELLI PD 22 ARROZEIRO - NOVOS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172353", "049")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172353", "LOTE COM 4 PNEUS 23.1-26 - 10 LONAS PIRELLI PD 22 ARROZEIRO - NOVOS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172369", "050")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172369", "LOTE COM 4 PNEUS 13.6-38 - USADOS (TODOS EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172370", "051")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172370", "LOTE COM 2 PNEUS 18.4-30 DUPLADOS - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172371", "052")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172371", "LOTE COM 2 PNEUS 18.4-34 DUPLADOS - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172372", "053")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172372", "LOTE COM 2 PNEUS 13.6-38 - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172373", "054")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172373", "LOTE COM 2 PNEUS 1300X24 - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172374", "055")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172374", "LOTE COM 2 PNEUS 235/75 R17.5 -18 LONAS; DESENHO AGRICOLA - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172375", "056")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172375", "LOTE COM 2 PNEUS 24.5-32; CARCAÇA GOODYEAR - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172376", "057")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172376", "LOTE COM 3 PNEUS 560/60 R-22.5 TRELLEBORG - USADOS (TODOS EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172377", "058")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172377", "LOTE COM 3 PNEUS 600/50 - 22.5 - USADOS (TODOS EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172386", "059")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172386", "LOTE COM 6 PNEUS 295/80 R-22.5 - RESSOLADOS NOVOS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172384", "060")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172384", "LOTE COM 2 PNEUS 14.9-24 - USADOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172380", "061")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172380", "LOTE COM 4 PNEUS MICHELIN 500/60 R22.5 - USADOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172381", "062")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172381", "LOTE COM 2 PNEUS MICHELIN 380/90 R-46 - USADOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172382", "063")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172382", "PNEU 23.1-30 - USADO (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172383", "064")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172383", "LOTE COM 2 PNEUS 17.5-25 - USADOS (EM CONDIÇÕES DE USO - CARCAÇAS)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172258", "065")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172258", "LOTE COM 16 UNIDADES DE FECHOS DE MOLAS DIVERSOS - CAMINHÃO E ÔNIBUS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172275", "066")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172275", "LOTE COM 2 UNIDADES DE FECHOS DE MOLAS C/CUBOS  - CAMINHÃO E ÔNIBUS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172260", "067")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172260", "LOTE COM 4 PEÇAS DE TRATOR JOHN DEERE")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172259", "068")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172259", "LOTE COM 2 CHASSIS DE TRATOR VALMET / TRAÇÃO AGRICOLA DT JD")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172261", "069")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172261", "LOTE COM 4 MOTORES COLHEDEIRAS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172262", "070")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172262", "LOTE COM 3 MOTORES E TRANSMISSÃO MERCEDES BENZ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172385", "071")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172385", "LOTE COM 15 CÂMARAS DE AR (NOVAS) - 18.4-30 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172686", "072")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172686", "SUCATA DE CABINE")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172692", "073")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172692", "CABINE VW")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
-      <c r="B35" s="4" t="inlineStr">
-[...142 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172704", "074")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172704", "LOTE DE APROXIMADAMENTE 40 PNEUS 275/80 R22.5 - USADOS RESSOLADOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172705", "075")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172705", "LOTE COM APROXIMADAMENTE 50 PNEUS 275/80 R22.5 - USADOS RESSOLADOS EM CONDIÇÕES DE USO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172748", "076")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172748", "LOTE COM APROXIMADAMENTE 50 PNEUS 295/80 R22.5 - USADOS RESSOLADOS (EM CONDIÇÕES DE USO)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>