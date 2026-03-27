--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,2139 +269,1875 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172646", "039")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172646", "I/PEUGEOT 208 ALLURE 1AT; 2021/2022; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 25.000KM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>54.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172110", "040")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172110", "veja o vídeo!! I/NISSAN FRONTIER XGEAR; 2021/2022; PRETA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 26.100KM - FIPE R$ 233.845,00 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>134.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172171", "041")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172171", "HYUNDAI/CRETA 16A ACTION; 2022/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 6.500KM")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172264", "042")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172264", "veja o vídeo!! VW/T-CROSS CL TSI AD; 2019/2020; MARROM; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK- APROX. 26.400KM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172122", "043")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172122", "veja o vídeo!! I/MMC OUTLANDER COMFORT; 2017/2018; CINZA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172172", "044")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172172", "veja o vídeo!! TOYOTA/ETIOS SD XS; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172128", "045")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172128", "veja o vídeo!! VW/VIRTUS HL AD; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172098", "046")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172098", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2019/2020; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE R$ 177.000,00")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>122.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172097", "047")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172097", "veja o vídeo!! MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172329", "048")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172329", "FIAT/SIENA EL 1.0 FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>18.700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171960", "049")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171960", "veja o vídeo!! CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171975", "050")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171975", "CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>144.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171962", "051")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171962", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 24.300KM")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172107", "052")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172107", "veja o vídeo!! HONDA/WR-V EXL CVT; 2021/2021; AZUL; ALCO./GASOL. - FUNC. - IPVA 2023 OK - FIPE R$ 101.953,00")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>60.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171951", "053")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171951", "veja o vídeo!! HYUNDAI/CRETA 16A PULSE; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 10.300KM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171953", "054")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171953", "veja o vídeo!! HONDA/FIT LX CVT; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171958", "055")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171958", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2015; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171955", "056")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171955", "veja o vídeo!! CHEV/ONIX PLUS 10TAT LT1; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 8.500KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>59.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171959", "057")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171959", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171974", "058")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171974", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>78.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172108", "059")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172108", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 34.400KM - FIPE R$ 114.558,00")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171956", "060")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171956", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171964", "061")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171964", "veja o vídeo!! I/VW SPACEFOX SPORT.GII; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172101", "062")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172101", "veja o vídeo!! CHEV/TRAILBLAZER LT D4A; 2017/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 193.167,00")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172129", "063")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172129", "veja o vídeo!! FIAT/STRADA WORKING; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172106", "064")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172106", "veja o vídeo!! DAFRA/CITYCOM 300I; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171961", "065")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171961", "CHEV/SPIN 1.8L AT LTZ; 2017/2018; CINZA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171957", "066")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171957", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>28.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172255", "067")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172255", "PEUGEOT/206 14 PRESEN FX; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171954", "068")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171954", "CHEVROLET/ONIX 1.0MT LT; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172121", "069")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172121", "veja o vídeo!! FIAT/FIORINO FLEX; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171976", "070")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171976", "veja o vídeo!! FORD/ECOSPORT XLT; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171968", "071")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171968", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172109", "072")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172109", "M.BENZ313CDI/SPRINTERF; 2005/2006; VERMELHA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172103", "073")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172103", "veja o vídeo!! VW/NOVO GOL TL MCV; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE: 45.385,00")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171967", "074")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171967", "veja o vídeo!! CHEV/PRISMA 1.0MT LT; 2013/2014; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172267", "075")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172267", "VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172685", "076")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172685", "veja o vídeo!! I/MMC LANCER 2.0 GT; 2011/2012; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171963", "080")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171963", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>27.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172104", "081")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172104", "veja o vídeo!! GM/S10 2.2 D; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171966", "082")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171966", "veja o vídeo!! PEUGEOT/208 ACTIVE; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172099", "083")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172099", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172127", "084")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172127", "veja o vídeo!! FIAT/STRADA WORKING; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172126", "085")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172126", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172105", "086")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172105", "veja o vídeo!! TOYOTA/ETIOS HB XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...47 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172100", "087")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172100", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172096", "088")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172096", "TOYOTA/COROLLA XEI20FLEX; 2018//2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>81.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172119", "089")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172119", "veja o vídeo!! DAFRA/CITYCOM 300I; 2011/2012; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171952", "090")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171952", "veja o vídeo!! FIAT/UNO ECONOMY 1.4; 2012/2013; CINZA ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172102", "091")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172102", "veja o vídeo!! I/VW AMAROK CD 4X4 SE; 2013/2014; PRETA; DIESEL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171972", "092")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171972", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2010/2011; VERDE; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171965", "093")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171965", "veja o vídeo!! GM/CORSA SEDAN PREMIUM; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172112", "094")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172112", "veja o vídeo!! I/CITROEN C4PIC EXC A 7L; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172113", "095")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172113", "I/HONDA CBR 600RR; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - APROX. 56.000KM")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172114", "096")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172114", "PEUGEOT/207PASSION XS A; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172111", "097")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172111", "veja o vídeo!! I/CITROEN JUMPY FURGAOPK; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - APROX. 16.000KM")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>77.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172118", "098")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172118", "YAMAHA/MT-03; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>9.600,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172115", "099")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172115", "I/CHEV SONIC LT HB MT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172116", "100")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172116", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172124", "101")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172124", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172117", "102")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172117", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...367 lines deleted...]
-      <c r="D31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172125", "103")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172125", "veja o vídeo!! FIAT/FIORINO IE; 2005/2005; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171970", "104")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171970", "veja o vídeo!! FORD/FIESTA FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171969", "105")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171969", "veja o vídeo!! TOYOTA/COROLLA XEI18FLEX; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...1279 lines deleted...]
-      <c r="E71" s="5" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
-      <c r="F71" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D73" s="4" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171971", "106")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171971", "CITROEN/PICASSO II16GLXF; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E73" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171973", "107")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171973", "GM/CORSA HATCH MAXX; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>