--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2235 +269,1959 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171890", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171890", " Sucata de compressor Scroll para ar condicionado - Panasonic C-SB373H9A - 60Hz, 380V - 2019")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171889", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171889", " Estabilizador de tensão - Amplimag Robot 1 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171927", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171927", " 02 unidades de Placa de Arrasto")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171892", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171892", " Lote com: 35 unidades de Malotes em Lona - reforçados")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171888", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171888", " Lote com: 50 unidades de Malotes em Lona - Reforçados")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171891", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171891", " Lote com: 100 unidades de Malotes em Lona - Reforçados")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171896", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171896", " Suporte de filtro de ar - Com filtro - Diâmetro 200mm")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171895", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171895", " Lote com: 02 unidades de Suporte de filtro de ar - com filtro - Diâmetro 200mm")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171923", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171923", " Giroflex/barra de Led - Engesig - não acompanha comando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171908", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171908", " Giroflex/barra de Led - Engesig - não acompanha comando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171909", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171909", " Desempenos de Bancada - em aço - 200 x 315mm")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171920", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171920", " Lote com: 02 unidades - Desempenos de Bancada - em aço - 200 x 315mm")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171929", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171929", " Lote com: 12 unidades de Disjuntor Schneider Qo 60A - 3 polos - 120/240Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171906", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171906", " Lote com: 24 unidades de Disjuntor Schneider Qo 60A - 3 polos - 120/240Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171912", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171912", " Lote com: 12 cones para sinalização")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171910", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171910", " Lote com: 06 cones para sinalização")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171930", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171930", " Forno rotacional Self Cooking Center Scc201g - Engefood - acompanha carrinho auxiliar")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171921", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171921", " Lote com: 1000Kg de raspa de borracha - preta - uniforme - acompanha laudo")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171905", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171905", " Rack de teto , suporte para escadas em carro - Ferro - Aprx 1m x 1,05m")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171924", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171924", " Peça para divisor mecânico - diâmetro 175mm")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171893", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171893", " Balancin Poppi Sycllon AF5")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171904", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171904", " Lote com: 5 unidades de engraxadeiras sem uso - sistema de gatilho")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171919", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171919", " Lote com: 6 isoladores polimericos para alta tensão - EAP 138 Kv")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171913", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171913", " Lote com: 8 unidades de polimericos para alta tensão - Eap 138 Kv")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171918", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171918", " Lote com: 10 malas para ferramentas - Alumínio - 35 x 20 x 10cm ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171917", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171917", " Lote com: 2 unidades - Torno/Morsa para tubo - fixo para encanador/tubos - Sem uso")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171900", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171900", " Capô para Audi A3 - 2019 - avariado")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171902", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171902", " Lote com: 500 unidades de Microtransponder Trovan Id103 Ruggedised - Sem uso")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171899", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171899", " Lote com: 500 unidades de Microtransponder Trovan Id103 Ruggedised - Sem uso")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171903", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171903", " Lote com 02 unidades -transformador à seco - 0,6Kva/5000Va 380/220V - 3 fases - 26x11x21 A // 380/220V - VA800 - 16x18x20a")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171911", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171911", " Kit de posições de Call center para 04 atendentes - Acompanha apoia pés e regulador de altura de mesa - D hauss - Unique - Não acompanha calha e nem parafuso")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171926", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171926", " Sucate de mesa de medição Tridimensional - com painel - Mauser Zeiss - KMZ P 201210 - desmontada")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171916", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171916", " Máquina para fusão de fibra óptica - Sumitomo Type 25 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171897", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171897", " Máquina para fusão de fibra óptica - Sumitomo Type 25 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171915", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171915", " Máquina para fusão de fibra óptica - Sumitomo Type 25 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171907", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171907", " Máquina para fusão de fibra óptica - Sumitomo Type 25 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171914", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171914", " Máquina para fusão de fibra óptica - Jilong KL 195 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171901", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171901", " Máquina para fusão de fibra óptica - Jilong KL 195 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171922", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171922", " Máquina para fusão de fibra óptica - Jilong KL 195 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171932", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171932", " Máquina para fusão de fibra óptica - Jilong KL 195 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171936", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171936", " Máquina para fusão de fibra óptica - Jilong KL 195 - Acompanha mala para transporte e carregador universal - Bateria sem garantia")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171935", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171935", " Kit para energia solar - ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171925", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171925", " Lote com aproximadamente 90Kg de raspas de borracha - Preta - Uniforme, acompanha laudo.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171931", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171931", " Lote com: 153 Kg de Peneira molecular - 1 tambor - Pingxiang Petrochemical - diametro de esfera - 2-3mm - Sem uso ( PEÇO POR KG)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>9,60</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171937", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171937", " Lote com: 612  Kg de Peneira molecular - 4 tambores - Pingxiang Petrochemical - diametro de esfera - 2-3mm - Sem uso( PREÇO POR KG)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>9,60</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171934", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171934", " Cherry Face 2011 - Gas. 4 portas -  Docs OK")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171933", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171933", " Maçarico para Brasagem Portátil - Acompanha carrinho, mangueira, 3 bicos e botijão vazio")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171898", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171898", " Computador 24" Apple - Mouse e teclado original")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171938", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171938", " Computador 21" Apple - Mouse e teclado ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171928", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171928", " GM Tigra 1998 - Gas. Doc OK - Calha lateral acompanha - falta estepe e macaco")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171894", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/171894", " Lote de rodas e pneus - 2 rodas aro 14 com pneu, 2 rodas aro 15 com pneu - 4 pneus 235/75R15")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172866", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172866", " Lote com: 06 escadas brancas")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172861", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172861", " Lote com: 06 escadas cinzas")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172863", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172863", " Moinho - motor de 50cv - necessita refazer facas - revisado")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>31.750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172877", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172877", " Bomba Hidráulica Hydraulik - Manual - P max 70Mpa - 4/3 Wegeventil")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172871", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172871", " Linha com rebobinador, bobinador e alinhador de entrada - Fabrimaquinas - Com motoredutores e comando Sew eurodrive - Completa")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172870", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172870", " Lote com: 145 pacotes de 200g de Estopas - 100% algodão - Cotlin")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172873", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172873", " Lote com: 10 uni. Botijão térmico de 5 Litros - Obba")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172864", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172864", " Lote com: 15 uni. Botijão térmico de 5 Litros - Obba")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172874", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172874", " Lote com: 04 rolos de fio para telefone de 500m")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172862", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172862", " Lote com: 05 rolos de fio para telefone de 400m")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172865", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172865", " Lote com: 02 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Sem Uso")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172867", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172867", " Lote com: 02 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Sem uso")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172868", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172868", " Lote com: 02 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Sem uso")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172869", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172869", " Lote com: 03 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Usados")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172875", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172875", " Lote com: 03 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Usados")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172876", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172876", " Lote com: 03 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Usados")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172872", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172872", " Can-am Spyder RT-S 2014 - gasolina - funcionando - docs Ok - IPVA pago - Atenção: Recuperado de sinistro pequena monta")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>89.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...1630 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173427", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173427", "Ford Ecosport Storm At 2.0 - 2020/2021 ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>