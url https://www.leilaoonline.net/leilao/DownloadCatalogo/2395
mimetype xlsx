--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172424", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172424", " CALANDRA, COMPRIMENTO DOS ROLOS: 2M")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172425", "102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172425", " GUILHOTINA NEWTON TM 10; CAP.: 8X2000 MM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172426", "103")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172426", " EXAUSTOR DESUMIDIFICADOR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172428", "104")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172428", " 12 BEBEDOUROS INDUSTRAIS DE INOX")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172431", "105")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172431", " 2 PALETEIRAS MANUAIS; CAP.: 2T")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172430", "106")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172430", " GERADOR DE ENERGIA À GASOLINA TOYAMA; CAP.: 7KVA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172427", "107")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172427", " APROX. 50 RETIFICADEIRAS RETAS LONGAS BOSCH, DIVERSOS MODELOS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172429", "108")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172429", " APROX. 100 ESMERILHADEIRAS BOSCH 7"")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172432", "109")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172432", " APROX. 29 ESMERILHADEIRAS BOSCH 5" E 21 ESMERILHADEIRAS HILTI 5"")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172433", "110")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172433", " VÁLVULAS CORTA CHAMAS DIVERSAS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172435", "111")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172435", " APROX. 200 MAÇARICOS CONDOR, APROX. 200 MAÇARICOS VICTOR E APROX. 10 MAÇARICOS P/ AQUECIMENTO TIPO CHUVEIRO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172434", "112")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172434", " BUFFET REFRIGERADO EM INOX C/ 12 BANDEJAS E 80 GARFOS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>