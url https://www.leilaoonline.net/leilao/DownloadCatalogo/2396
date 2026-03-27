--- v0 (2025-12-17)
+++ v1 (2026-03-27)
@@ -269,2939 +269,2575 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172663", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172663", "VW Amarok CD 4x4 S - diesel - 2017/2017 - Completa - manual - Pl final 5")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172664", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172664", "Ford F4000 1994 - Munck 3500 - Pl final 5 -(Cab. Dupla  e 06 lugares Não consta no doc.)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172857", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172857", "Troller T4 TDI 2.8 4x4 2005 - Direção hidráulica - Docs OK - Pl final 8")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172318", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172318", "  Base de cinta transportadora")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172317", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172317", " Base de cinta transportadora - Sem redutor")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172319", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172319", " [vídeo] - Base de cinta transportadora")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173426", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173426", "[vídeo] Retroescavadeira Case 580L - 2007 - 4x4")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172320", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172320", " Lancha - sem espeficicações ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172309", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172309", " Exaustor - aprox. 150 x 100 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172310", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172310", " Moinho de bola industrial ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172321", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172321", " Silo de ração")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172311", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172311", " Jogo Roda Amarok - aro 22 - 265/35")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172304", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172304", " Tanque de aço - Apróx 30 mil litros")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172330", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172330", "[ Vídeo ] Empilhadeira Clark 2006 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172303", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172303", " Container ( 3,00m x 2,50 m)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172331", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172331", "[ Vídeo ] Empilhadeira Hyster -  Modelo XL80Ano 99 Diesel motor Maximum - Cap 4 ton.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172363", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172363", "JEEP Willys 1960 4x4 - Motor Opala 4 Cil. injeção nos 4 bicos - ignição eletr. - Caixa chevette 5 marchas - pandoo, dir. hidr. ar, pneus 31, cap. rigida, Som pionner, guinco, tanque inox, Molas toyota, banco couro, placa mercosul.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172338", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172338", " Gerador 250/275 kva  motor mwm v12 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172335", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172335", "Moinho de martelo")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172342", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172342", " Moinho de plástico")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172312", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172312", " Lote com: 4 Pneus Off-road - Com rodas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172313", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172313", " Talha Industrial")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172332", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172332", " Peneira vibratória industrial ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172308", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172308", "Moinho")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172327", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172327", " Compressor de ar silos ( Cebolão) Acoplado motor de opala 4cc - Com carretinha e reservatório")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172340", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172340", " Britador")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172341", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172341", " Britador")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172336", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172336", "Exaustor Industrial")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172334", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172334", "[vídeo]  Furadeira De bancada Radial")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172339", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172339", " Tanque chorumeira")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172333", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172333", " Grua Munck - Guindauto - 2010 - ECO mod. 10.000 - Duas lanças Hidráulicas  - Para reaproveitamento")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172337", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172337", "Baú Melosa com conjunto Hidráulico ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172346", "048")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172346", " Garra para lenha")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172307", "057")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172307", "[vídeo] Guilhotina Mecânica ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172343", "059")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172343", "Empilhadeira elétrica - 5 toneladas ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172322", "065")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172322", "Girador rotator para empilhadeira ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172361", "066")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172361", "MB SPRINTER 310D 1997 - Guincho e prancha elétrica friodinal - vidros elétricos - prancha 4,5m - Som pioneer")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172347", "067")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172347", "Bomba de estágio ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172349", "068")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172349", "Equipamento - atenção: Sem os pés em cima do equipamento")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172356", "069")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172356", "[vídeo] Barco em alumínio - Motor Mercury - Funcionando")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172323", "070")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172323", "Máquina eletroerosão - 1993")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172348", "071")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172348", "Tanque ração ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172368", "072")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172368", "[vídeo] JET SKI Kawasaki 750cc - 2001")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172367", "073")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172367", "[vídeo] Lancha Focker 180 - Motor Mercury 90 - com carreta s/documento")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172366", "074")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172366", "Peugeot Hoggar Xline 2011/2012")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172305", "076")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172305", " Moinho martelo desmontado")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172324", "077")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172324", "Plataforma elevador - para ônibus ou vans - 12 volts - Para 250kg")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172314", "080")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172314", " Secador Industrial")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172328", "081")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172328", " Máquina de corte")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172355", "082")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172355", "Moinho martelo 1,5 X 0.60 de boca ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172350", "083")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172350", "Mesa vibratória ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172306", "085")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172306", " Munck")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172351", "087")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172351", "Imã Elétrico ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172316", "092")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172316", "Arado")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172354", "098")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172354", "Caçamba Basculante 20 m³ - Rosseti  - 2010 ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172325", "101")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172325", "Equipamento agrícola ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172326", "102")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172326", "Braço de retro escavadeira MF")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172357", "103")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172357", "Cabine Suplementar ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172358", "104")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172358", "Lote com: 03 máquinas de madeira - Bosch ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172359", "105")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172359", "Torno Nardini MS 175 E")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172360", "106")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172360", "[vídeo] Trator de esteira CAT D4-D - Série 97F - torque eletrônico - 1979")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172362", "107")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172362", "Garra Sucateira - elétrica - motor 30cv - 6 Pistões")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172364", "108")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172364", "Caçamba Roll-on - 30m Cúbicos - 2013 - Grimaldi")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172365", "109")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172365", "Caçamba Roll-on - 30m Cúbicos - 2013")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172647", "110")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172647", "Reboque de lança - Guincho com redutor grande")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172648", "111")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172648", "Máquina de prensa e corte")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172650", "113")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172650", "Roçadeira")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172651", "114")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172651", "Arado")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172652", "115")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172652", "Carcaça de mini carregadeira Case - 2019")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172653", "116")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172653", "[vídeo] Furadeira Fresadora - Tornitec ZX45 - série 25001971")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172654", "117")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172654", "[vídeo] Fresadora - WAPSA - Hidropneum  Nº 11.0052.0")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172655", "118")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172655", "[video] Fresadora - BUSCH - Série 17/307")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172656", "119")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172656", "Copiadora - REGMED TIPO PGC-2, NÚMERO 125/82,  ANO 1986/5")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172657", "120")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172657", "SERRA")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172658", "121")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172658", "Guincho elétrico ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172659", "122")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172659", "[vídeo] Prensa de papelão Dan-Presse - MODELO D.E6    FORÇA 6MP   Nº 2001091478  220 V")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172660", "123")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172660", "[vídeo] Plaina Belanus 043")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172661", "124")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172661", "Fresa ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172662", "125")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172662", "Lote com: 11 conjuntos de roda de Bobcat")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172665", "126")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172665", "Compressor de ar - 2m comprimento - motor 7,5cv")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...96 lines deleted...]
-      <c r="A20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172666", "127")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172666", "Compressor de ar - 1,15m - Modelo 100L0298 - motor de 2,5 cv")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172703", "128")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172703", "[vídeo] Compressor de ar - 1,10m - com motor")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172854", "129")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172854", "Compressor  Parafuso - comprimento de 0,9m x 0,5m")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172855", "130")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172855", "Lote com: 04  Pistões de Prensa")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172856", "130")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172856", "Lote com: 04  Pistões de Prensa")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173511", "131")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173511", "Honda CRF 2014/2015 - Bateria nova e pneus")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173512", "132")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173512", "Lote com: 04 caçambas Bruck")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173673", "133")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173673", "Serra de fita - Ergod")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...346 lines deleted...]
-      <c r="E31" s="5" t="inlineStr">
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173674", "134")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173674", "Serra de fita - Sacora - Modelo SF 18 - Série 1120")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F31" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173675", "135")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173675", "Furadeira 5150A - Série 927502 -1992")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...2174 lines deleted...]
-      </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173823", "136")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173823", "Conjunto com alimentador britador e esteira - britador 90x50 - motor principal 30cv - Painel elétrico completo - engate para roll-on")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>