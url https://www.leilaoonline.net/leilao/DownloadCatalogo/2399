--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174006", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174006", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172173", "105")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172173", "veja o vídeo!! PÁ CARREGADEIRA; CATERPILLAR 930; ANO 1985; FREIO A DISCO - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172252", "106")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172252", "TRATOR FORD 4600; ANO 1979; PNEUS BONS - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172179", "110")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172179", "TRATOR MASSEY FERGUSON 50X; ANO 1970 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172177", "112")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172177", "VALMET KD112; SEM ANO DE IDENTIFICAÇÃO - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172178", "113")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172178", "TRATOR FORD 4610; ANO 1989 - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172180", "114")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172180", "TRATOR MASSEY FERGUSON 65X; ANO 1970 - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172181", "116")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172181", "TRATOR MASSEY FERGUSON 85X; ANO 1977 - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172182", "117")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172182", "TRATOR FORD MAJOR; ANO 1960 - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172176", "121")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172176", "TRATOR MASSEY FERGUSON 65X; ANO 73; CANELA QUADRADA; 3 MARCHAS - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>28.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172175", "123")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172175", "TRATOR VALMET 85 ID.; ANO 78")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172183", "125")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172183", "veja o vídeo!! TRATOR MASSEY FERGUSON 65 X; ANO 71; CANELA REDONDA; 3 MARCHAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173165", "159")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173165", "SUCATA DE TRELIÇA, TELHAS E OUTROS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172184", "160")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172184", "LANCHA (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172185", "165")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172185", "PULVERIZADOR JACTO 600 L; BOMBA 75 I/MIN; 12 MTS BARRAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>6.350,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172198", "166")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172198", "LOTE COM 4 EXAUSTORES CENTRIFUGO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172199", "167")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172199", "GRADE ARADORA 14X28; ESP. 235MM; MARCA BALDAN")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172200", "168")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172200", "ROÇADEIRA; MARCA SANTA ISABEL; 1,70M DE CORTE; GIRO LIVRE; REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172196", "169")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172196", "ADUBADEIRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172197", "170")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172197", "GRADE ARADORA DE BOI; 12 DISCOS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172190", "180")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172190", "ARADO AIVECA; MARCA IKEDA; 3 HASTES COM DESARME DE MOLA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172191", "181")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172191", "ARADO TATU; 3 HASTES FIXAS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172192", "182")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172192", "ARADO MASCHIETTO; 3 HASTES FIXAS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172186", "183")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172186", "veja o vídeo!! IMPLEMENTO CATA CAPIM; MARCA SILTOMAC")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172187", "184")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172187", "ARADO SANTA IZABEL; COM REVERSÍVEL; 3 BACIAS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172188", "185")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172188", "ADUBADEIRA TATU; 4 LINHAS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172193", "186")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172193", "PICADEIRA DE CANA; COM ESTEIRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172194", "187")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172194", "CALCAREADEIRA DE 2 RODAS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172195", "188")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172195", "ADUBADEIRA CALCAREADEIRA VICON")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172202", "189")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172202", "ENSILADEIRA MENTA; ANO 2013 - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172208", "190")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172208", "ROÇADEIRA AGR.; ANO 2001")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172209", "191")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172209", "SUBSOLADOR 9 HASTES DE CONTROLE REMOTO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172201", "192")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172201", "JOGO DE RODAS COM PNEUS FORD; 6 FUROS; 265X65XR17")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172210", "193")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172210", "TANQUE 2000L; MARCA FMC")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172211", "194")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172211", "BATEDEIRA DE CEREAIS; MARCA MIAC CM3RA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173767", "197")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173767", "BAÚ PARA CARGA VIVA - COMPRIMENTO 6.45, ALTURA 2.40, LARGURA 2.50")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173794", "198")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173794", "MUNCK MOTOCANA (NO ESTADO)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173795", "199")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173795", "CAÇAMBA PARA CAMINHÃO TOCO COM BOMBA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172253", "200")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172253", "GAIOLA BOIADEIRA; ANO 2014; COMPRIMENTO DA GAIOLA: 7M X 2,50M")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172215", "201")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172215", "SAID; 4M DE COMP.; 2,20 DE LARG.; 2,30 DE ALT.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172205", "202")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172205", "BÁU ANTONINI (PARA CAMINHÃO VOLKSWAGEN)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172207", "203")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172207", "SAIDER MARCA FACHINI 7000X2; 4X2; 80 ASSOALHO CHAPEADO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172204", "204")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172204", "SAIDER (MEDIDAS: 6,60M DE COMPRIMENTO, 2,60 DE LARGURA; 2,90 DE ALTURA); ASSOALHO CHAPA DE FERRO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172203", "205")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172203", "CARRETA PARA TRATOR")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172206", "206")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172206", "CARRETA PARA PLANTIO DE CANA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172212", "207")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172212", "CARROCERIA PARA CAMINHÃO; MERCEDES BENZ; 7,30 METROS DE COMPRIMENTO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172213", "208")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172213", "CONTAINER MARÍTIMO DE 6 METROS")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172214", "209")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172214", "CARROÇA COM FREIO E ARREIO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172217", "211")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172217", "GAIOLA BOIADEIRA (DE MERCEDES BENZ 608)")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172223", "212")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172223", "CARRETA DE FERRO DE 4x2 METROS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172218", "215")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172218", "CARRETA 2 RODAS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172219", "219")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172219", "ELEVADOR PARA CARRETA BIM DE 4 X 0.6 METROS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172220", "220")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172220", "4 PNEUS (MEDIDA 600-65-28)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172222", "222")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172222", "CONCHA PARA CARREGADEIRA; DE 1.8 METROS DE LARGURA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172224", "1090")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172224", "RACK FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172227", "1091")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172227", "AR CONDICIONADO DE JANELA 18.000 BTUS; MARCA SPRINGER; QUENTE E FRIO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172226", "1127")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172226", "BROCA PARA CONCRETO; BOSCH SPEED X; SDS MAX; MEDIDAS 35X800X920MM (NOVA)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>