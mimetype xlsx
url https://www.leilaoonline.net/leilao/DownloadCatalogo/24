--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,2075 +269,1819 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/694", "4460")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/694", " BANHO MARIA E BALÇÕES, UTENSILIO DIVERSOS E MAQUINAS PARA COZINHA INDUSTRIAL S/FR ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/698", "4461")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/698", " FREEZE, MAQUINAS DE SUCO E OUTROS SEM FROTA ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/696", "4462")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/696", " COIFA, FOGÃO, FORNO, SUCATA DE INOX SEM FROTA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/783", "4463")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/783", " IMPLEMENTO COBRIDOR, FR67113  ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/784", "4464")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/784", " VALMET 1580 4X4, ANO 1996, FR50879  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/787", "4465")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/787", " VALMET 1780 4X4, ANO 2005, FR50888  ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/782", "4466")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/782", " DOLLY FACHINNI, ANO 1995, FR121901, (SEM DOCUMENTO) ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/785", "4467")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/785", " CARRETA SERVIÇOS DIVERSOS, ANO 1984, FR57186 ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/786", "4468")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/786", " DOLLY USICAMP, ANO 2006, FR22620,  (SEM DOCUMENTO)  ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/806", "4469")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/806", " CENTRIFUGA DE VINHO, S/FR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/809", "4470")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/809", " CENTRIFUGA DE VINHO, S/FR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/791", "5397")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/791", " REB. RODOVIARIA 7,60M CANA INT; ANO 1988 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/789", "5398")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/789", " REB. CAMAQ 7,50M, ANO 1994, ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/788", "5399")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/788", " REB. RODOVIARIA 7,60M CANA INT, ANO 1988,")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/792", "5400")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/792", " REB. FACCHINI 7,50M CANA INT;ANO 1994,")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/793", "5401")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/793", " REB. CANA PICADA, ANO 1993, ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/790", "5404")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/790", " REB. CANA PICADA, ANO1991,")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/795", "5405")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/795", " REB. 7,60 M CARROC DE MAD C SECA, FR121100, ATIVO20743")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/794", "5406")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/794", " REB. RODOVIARIA 7,60M CANA INT, ANO 1987,")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/799", "5407")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/799", " REB. CANA PICADA, ANO 1993,  FR121118, ATIVO21222")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/798", "5408")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/798", " REB. FACCHINI 7,50M CANA INT, ANO 1994,")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/797", "5409")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/797", " REB. CANA PICADA, ANO 1994, ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/796", "5410")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/796", " REB. CAMAQ 7,50M CANA INT; ANO 1994,")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/800", "5412")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/800", " REB. FACCHINI 7,50M CANA INT. ANO 1994,")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/753", "8226")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/753", " M.BENZ 2213, CARROCERIA MADEIRA, ANO 1981 ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>16.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/754", "8249")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/754", " M.BENZ 2219 6X4, BASCULANTE, ANO 1983, PLACA BIS3458")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/751", "8250")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/751", " MF 275 4X2, COM IMPLEMENTO, ANO 1993, FR30026")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/756", "8251")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/756", " ESTRUTURA DE CARRINHO SERV. GERAIS - S/FR E ROSCAS DE IMPLEMENTO AGRÍCOLA - S/FR ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/769", "8252")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/769", "CARRETA DE ABRIGO FAB. PRÓPRIA ATIVO 50764, FR67038  ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/752", "8253")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/752", " CARRETA ABRIGO FAB.PRÓPRI FR67037")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/755", "8254")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/755", " CARRETA ABRIGO FAB.PRÓPRI FR67040")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/760", "8255")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/760", " CARRETA CALCARIO FR67065")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/759", "8256")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/759", " QUEBRA LOMBO SERMAG")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/758", "8257")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/758", " CULTIVADOR FR37955")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/767", "8258")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/767", " ROÇADEIRA FR 57100 E BETONEIRA S/FR")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/761", "8259")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/761", " CARRETA TRANS.TUBOS RAESA FR138912 E CARRETA ABRIGO FAB.PRÓPRI FR57279")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/762", "8260")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/762", " CARRETA CALCARIO FR67127")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/763", "8261")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/763", " CARRETA TORTA DE FILTRO, FR 38003 E CARRETA DE PLANTIO FR84813")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/765", "8262")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/765", " CARRETA TORTA DE FILTRO FR139791/ 228065/ 67036")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/757", "8263")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/757", " CAÇAMBA P/ CAM. BASCULANTE FR67137")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.650,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/766", "8264")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/766", " 2 CARROCERIA CANA INTEIRA FR67306/ FR140215   2 PARTES DE GRADE PEQUENA   1 ESTRUTURA DE CULTIVADOR   ESTRUTURA ESCARIFICADOR ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/764", "8265")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/764", " ROLO ARADOR IMOB. 054390")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>3.350,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/768", "8266")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/768", " 4 TANQUES DE AÇO NO ESTADO  LOCAL RAFARD/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/804", "8267")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/804", " JET AÇUCAR,S/FR")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/811", "8271")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/811", "FREEZER, BANHO MARIA E OUTROS S/FR")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/807", "9141")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/807", " CAT 416D RETRO ESCAVADEIRA, ANO  2003, ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/805", "9142")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/805", " ROLO COMPACTADOR, FR139871")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/803", "9143")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/803", " TANQUE INDUSTRIAL, S/FR")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/770", "15205")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/770", " CAMINHÃO M.BENZ 2216 6X4 C/ CAÇAMBA, ANO 1985, ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>31.750,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/774", "15206")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/774", " CAMINHÃO M.BENZ 2220 6X4 C/ CARROC. CANA. INTEIRA, ANO 1988, ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/772", "15207")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/772", " CAMINHÃO M.BENZ 2219 6X4 ₢/ CARROC. CANA. INTEIRA, ANO 1986")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/775", "15208")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/775", " CAMINHÃO M.BENZ 2220 6X4 C/ CARROC. CANA. INTEIRA, ANO 1988, ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/773", "15209")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/773", " CAMINHÃO M.BENZ 2220 6X4, C/ CARROC. CANA. INTEIRA, ANO 1987")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/777", "15210")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/777", " CARRETA SERVIÇOS DIVERSOS, ANO 1999, FR55626")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/771", "15211")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/771", " CARRETINHA SERV. GERAIS - S/FR E CARRETA CACAMBA S/FR ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/779", "15212")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/779", " MOTO BOMBA OM 352 E SUCATA DE MOTO BOMBA, ANO 1995, FR55322 ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/780", "15213")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/780", " MOTO BOMBA MWM D229/6, ANO 1995, FR55720 LOCAL CAPIVARI/SP")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/776", "15214")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/776", " PLANTADORA DE CANA, ANO 1995, FR52164 LOCAL CAPIVARI/SP")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/781", "15215")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/781", " LAMINA PEQUENA CARREGADEIRA CANA - S/FR E ENLEIRADEIRA S/FR")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/778", "15216")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/778", " CARROCERIA CANA INTEIRA (AZUL) S/FR  ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/695", "16158")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/695", " MESAS, BANCOS, BANDEJAS INOX, BALANÇA, TV  E OUTROS SEM FROTA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/697", "16159")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/697", " BELICHES, ESTRATO, PRATELEIRA E OUTROS SEM FROTA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/810", "16160")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/810", "CENTRIFUGA DE VINHO COM APROXIMADAMENTE 40 PRATOS, S/FR")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/808", "16161")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/808", " CARRETA DE SERVIÇOS GERAIS, FR25304")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>