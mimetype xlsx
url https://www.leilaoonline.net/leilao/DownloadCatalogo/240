--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10835", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10835", " PÁ CARREGADEIRA, MARCA CATERPILLAR, MODELO 938H, ANO 2008")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10832", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10832", " PÁ CARREGADEIRA, MARCA CATERPILLAR, MODELO 966C")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10834", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10834", " MOTONIVELADORA, MARCA CATERPILLAR, MODELO 120B")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10830", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10830", " TRATOR DE ESTEIRA, MARCA CATERPILLAR, MODELO 955L")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10833", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10833", " TRATOR AGRICOLA, MARCA VALTRA, MODELO BM110, ANO 2004")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10831", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10831", " TRATOR AGRICOLA, MARCA VALTRA, MODELO 985, ANO 1992")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10837", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10837", " TRATOR AGRICOLA, MARCA JOHN DEERE, MODELO 5705, ANO 2006")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10839", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10839", " TRATOR AGRICOLA, MARCA MASSEY FERGUSON, MODELO 680")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10838", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10838", " TRATOR AGRICOLA CARREGADEIRA, MARCA FORD, MODELO 6600")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10836", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10836", " TRATOR AGRICOLA, MARCA NEW HOLLAND, ANO 2003")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>