--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172405", "638")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172405", "FORRAGEIRA CASALE CRC150, LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR) ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172404", "639")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172404", " TRATOR J.DEERE 508SE, ANO 2013, LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>96.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172402", "641")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172402", " IMPLEMENTO PÁ TRASEIRA HIDRAULICA, LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172400", "642")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172400", " GRADE 14 DISCOS, ROMHA, LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172415", "643")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172415", "TRATOR VALTRA BM100, ANO 2013, LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>192.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172412", "644")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172412", "CARRETA BASCULANTE, LOC. PEDRANÓPOLIS/SP(FAZENDA AGROMAR)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172410", "645")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172410", "FORRAGEIRA SUPER JF 90, LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172420", "646")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172420", " TRATOR FORD 6600, LOC. PEDRANÓPOLIS/ SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172411", "647")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172411", "CAPÔ PARA TRATOR BM 110/63 (3 UNDS), LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172408", "648")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172408", "SUBSOLADOR E HASTER (SEM USO) LOC. PEDRANÓPOLIS/SP(FAZENDA AGROMAR)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172419", "649")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172419", "CHORUMEIRA,LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172407", "650")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172407", "PERFURADOR DE SOLO ( 1 UND),LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172414", "651")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172414", "GUINCHO TRASEIRO SEM AUMENTO (1 UND.) LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172409", "652")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172409", "SULCADOR ST11,LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172423", "653")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172423", "GUINCHO TRASEIRO COM AUMENTO (1 UND.),LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172416", "654")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172416", "GRADE NIVELADORA, 24 DISCOS LARANJEIRA ,LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172422", "655")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172422", "PÁ CASE W20E, ANO 2003, LOC.PEDRANÓPOLIS (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>183.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172418", "656")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172418", "TRATOR VALTRA BH 180, ANO 2013, LOC. PEDRANÓPOLIS/SP(FAZENDA AGROMAR)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>142.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172421", "657")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172421", "TRATOR J. DEERE 5403, ANO 2008,LOC. PEDRANÓPOLIS/SP(FAZENDA AGROMAR)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172403", "658")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172403", "ROÇADEIRA,LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR) ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172401", "659")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172401", "GUINCHO 4 TONELADAS,LOC.PEDRANÓPOLIS/SP (FAZENDA AGROMAR) ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172406", "660")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172406", "PULVERIZADOR D´VENTURE (SEM USO) (1 UND.),LOC.PEDRANÓPOLIS/SP (FAZENDA AGROMAR) ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172417", "661")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172417", "ROÇADEIRA RHTD-1500 (SEM USO) MED. 1MT. E 50CM,LOC.PEDRANÓPOLIS/SP (FAZENDA AGROMAR) ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172413", "662")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172413", " GRADE 16X28, INTERMEDIARIA (SEM USO),LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175407", "663")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175407", "VAGÃO FORRAGEIRO SILTOMAC. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>