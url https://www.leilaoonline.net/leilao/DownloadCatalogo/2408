--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1787 +269,1567 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174481", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174481", " Lote com: peças de engate, peças de relé, peças de disjuntor , secador, válvulas, abraçadeiras , fechaduras ( conforme descritivo ) ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174482", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174482", "Relé de partida e pivô inferior ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174486", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174486", " Injetora de plástico com capacidade de 150 a 300g ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174485", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174485", " Lote de pastilhas machos e cossinetes")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174488", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174488", " Lote de peças Honda")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174490", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174490", " Lote de peças Volvo - Usadas")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174484", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174484", " Máquina Tig Cebora 3241t")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174487", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174487", " Lote de Tocha - 1 unid. Mecanizada - 1unid. plasma - 1unid. grafite - 1 unid. Grafite 1600A sem uso ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174489", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174489", " Chave e inversor de voltagem - Chave comutador rotativa 63A")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174483", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174483", " lote com: 6 unid. De Hastes de pistola de pintura - Graco 24N653 - 10 unid. Suporte Graco")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174491", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174491", "Aprox. 200kg de Fita serra")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174492", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174492", "Aproximadamente 1.631 peças variadas ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174493", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174493", "Lote de abraçadeiras de Inox - várias medidas")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174501", "024")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174501", " Eletrodos Aproximadamente 350 kilos")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174496", "028")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174496", "  Lote com Aproximadamente 200 kilos de eletrodo de baixa liga e produtos de raspa ente luvas e mangotes ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174500", "029")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174500", " Lote de de peças Cruzetas de cardan")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174498", "030")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174498", " Lote Detector de metais gofind 22 ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174497", "032")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174497", " Lote com Aproximadamente 48 peças de caixa de ligação Weg original   ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174494", "034")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174494", " Lote com 107 notas antigas colecionáveis ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174502", "035")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174502", "Lote com diversos itens - veja descritivo")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174499", "036")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174499", " Lote com 252 peças de Lima cavaquinho")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174503", "037")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174503", " Bobina primária secundária máquina de solda balmer 425 amperes")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174504", "038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174504", "Cabeçote para rosqueadeira ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174505", "039")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174505", " Lote  de pó para metalização")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174506", "040")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174506", "Patins profissional torlay - sem rodinhas - número 43.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174507", "041")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174507", "Som Bang e olufsen  beo  sisten 2500.  - Funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174508", "048")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174508", "Lote com: 01 conjunto de motor gerador Caterpillar 16 cilindros a diesel - Modelo D 349 - com dois cilindros travados  ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174509", "050")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174509", "Lote com: Duas bombas e um registro")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174533", "051")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174533", " Lote de bombas: Duas bombas e um registro")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174529", "052")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174529", " Lote Encolhedor de mola 01 conjunto de encolher de molasautomotivo 850 kg fixman")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174551", "053")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174551", " 25 Kg de eletrodos de ferro fundido limavel referência 85 NI Bitola de 4 mm")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174545", "054")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174545", " Lote de lonas para freio ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174536", "055")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174536", " Lote de tochas mig usada - 50 tochas mig usada para reforma")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174550", "056")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174550", " lote de cédulas antigas contendo 684 notas - antigas colecionadas")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174549", "057")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174549", " Lote de chaves Sem uso e usadas")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174544", "058")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174544", " Lote terminais de compressão")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174542", "059")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174542", " Lote de eletrodos plasma")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174538", "060")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174538", " Lote com: 02 bicos de aquecimento BMA 300 carbografite gás GLP")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174537", "061")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174537", " Lote de expandidor de tubos")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174534", "062")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174534", " Lote com: 23 pinos de pistão Jonh Deere modelo R57771")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174546", "063")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174546", " Lote de parafusadeira bosch:  05 parafusadeira bosch 14,4,2 - 01 parafusadeira bosch 1440L1 - 6 baterias Bosch de 9.6 v ano de fabricação 2009")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174540", "064")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174540", " Lote de arame mig revestimento duro : 100 kilos de arame mig eutectic 4601 hard - 45 kilos de arame mig utp sk 240-0 ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174548", "065")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174548", " Aproximadamente 90 kilos de eletrodo especial ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174532", "066")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174532", " Lote de conexões em inox e latão e porcas dupla ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174541", "067")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174541", " Lote com: 14 Peças de bobina valvula solenoide parker 220 volts  - 37 peças de bobina valvula solenoisde 528 - 230 volts e 02 peças de valvula controle de vazão parker ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174531", "068")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174531", " Lote de serra circular metal duro : 03 peças de lamina serra circular industrial com dentes de widea metal duro medindo 400x48 dentes ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174535", "069")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174535", " Lote com 1070 kilos de eletrodo de revestimento duro ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174539", "070")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174539", " Lote de botoeira e medidor de oleo : 03 peças de botoeira industrial 4 botões e  02 pistola de aplicação de oleo ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174530", "071")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174530", " Lote de rolamentos ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174543", "072")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174543", " Lote com: 02 caixas de transmissão antoniosi 7.12.468")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...89 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174552", "073")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174552", " Lote de espaguete fibra vidro silicone liso:  20 peças de espaguete de 25MM - 75 peças de espaguete de 16 MM - 117 peças de espaguete de 14 MM")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174547", "074")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174547", " Lote rolamentos rebolos escovas filtros e cabeçotes charlin")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...202 lines deleted...]
-      <c r="C24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174553", "075")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174553", " Lote de eletrodos de inox 180 Kg de eletrodos")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C25" s="4" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174555", "076")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174555", " Lote de eletrodos 115 kilos eletrodo essen ms 69 B")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D25" s="4" t="inlineStr">
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...831 lines deleted...]
-      <c r="E51" s="5" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F51" s="4" t="inlineStr">
-[...414 lines deleted...]
-      </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174554", "077")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174554", " Lote de eletrodos")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>