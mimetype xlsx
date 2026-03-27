--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,7355 +269,6439 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173693", "216")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173693", " 05 peças importadas, porcelana oriental")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173696", "217")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173696", " Penteadeira antiga chipandelle")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173702", "218")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173702", " Jogo para café importado em fina porcelana oriental com 28 peças")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173691", "219")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173691", " 100 notas chinesas, de 1 Yijião - super conservadas")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173684", "220")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173684", " Bandejas para servir em metal, uma delas, 52/34 cm")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173685", "221")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173685", " Faqueiro importado coreano de metal dourado, com 126 peças")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173688", "222")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173688", " Relógio de mesa alemão, antimônio revestida a ouro, 38 cm de altura")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>520,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173687", "223")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173687", " Vazo de porcelana chinesa. Altura 20 cm e 26 cm diâmetro")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173686", "224")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173686", " Jarra de cerâmica. Altura 20,5 cm, por 23 cm")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173692", "225")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173692", " Centro de mesa de porcelana, base em metal")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173689", "226")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173689", " 05 peças em porcelana, frisos a ouro, marcadas, peças brasileiras e japonesas")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173697", "227")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173697", " Serviço de chá português")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173701", "228")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173701", " Terrina importada de porcelana chinesa. Altura 22 cm, comprimento 30 cm e largura 22,5 cm")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173705", "229")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173705", " Poncheira completa")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173695", "230")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173695", " Luminárias arte decor em metal, funcionado ate o momento, espessurado a prata, cúpulas em cristal - altura 68 cm")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173698", "231")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173698", " Conjunto parra Whisky francês")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173709", "232")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173709", " Mesa de centro francês, em ferro fundido banhado a cobre, Tampo de vidro. 40x73x49")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173704", "233")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173704", " 02 relógios antigos, sendo um deles à corda em bronze, funcionando ate o momento . 22cm X 16cm")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173710", "234")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173710", " Telefone importado, em bronze funcionando. Funcionando até o momento, sem garantias futuras. Raro. Alt. 117cm")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173703", "235")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173703", " Porta chaves em bronze, antigo.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173712", "236")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173712", " 02 relógios, sendo: 01 montreux made in germany, 01 Dimep faltando 3 vidros, antigos")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173711", "237")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173711", " Relógio antigo")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173722", "238")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173722", " Relógio de mesa LUIS XV aparentemente bronze Med.: 30 x 25 x 9, raro")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173713", "239")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173713", " Samovar em metal, espessurado a prata. 25 cm")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173716", "240")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173716", " Telefone de madeira e metal, 78 cm de altura, antigo")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173690", "241")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173690", " Relógio americano, Sessions, águia me bronze, basa de madeira. Altura 26,5 cm")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173725", "242")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173725", " Doceira francesa, em metal espessurado a prata e vidro mão azul cobalto. 32 cm de altura")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173714", "243")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173714", " Escultura Leão, em madeira nobre,10x22 cm")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173718", "244")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173718", " Jogo para chá japonês, porcelana casca de ovo, otima policromia e douração, constando 1 leiteira, 4 pratos par bolo e 12 xícaras, raro")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173694", "245")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173694", " Jogo de cha importado do Japão, pintado à mão, com cenas de gueixas em paisagem lacustre e no verso com vista do Monte Kilimanjaro, filetada na tonalidade terracota. total de 17 peças")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173720", "246")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173720", " Candelabro importado para 5 velas, em ferro fundido, patina dourada, coluna com trabalhos em vazados, bordas retorcidas e pés recurvos medindo 1,85 x 70 cm, raro")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173736", "247")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173736", " Terno italiano, séc XIX, em alabastro, partes em bronze dourado, 1 centro de mesa-floreira, Grande Flor um par de castiçais pra duas velas representando Arpas. Med 17x30 cm (Centro de mesa) e 35x20 cm (Castiçais). Raro")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173715", "248")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173715", " Jogo de chá e café, em metal, redondo, com decoração em alto relevo, sendo 2 bowls (23x23 e 21x23), leiteira (18,5x20) e açucareiro (17,5x17 - MOSSA), raro")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173699", "249")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173699", " Esculturas em madeira nobre,   Escultura rara Touro em jacarandá (com avarias)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173721", "250")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173721", " Escultura em bronze base em mármore 30x10cm")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173700", "251")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173700", " Samovar em bronze polido 32 cm de altura precisa de leve limpeza com Caol")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173733", "252")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173733", " Medalhão em porcelana Japonesa, Século XIX, decoração em ouro, em moldura de madeira com resquícios de folha de ouro. Medalhão de porcelana em excelente estado, 41 cm de diâmetro, Moldura: 70 cm X 70 cm. Raro")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173706", "253")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173706", " Tapete importado pele de cordeiro legitimo, cor branca, com forro em algodão,150x100 cm")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173707", "254")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173707", " Ânfora em metal espessurado a prata, Século XX, 37 cm de altura.obs um braço solto")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173735", "255")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173735", " Mesa de centro oriental decorada do 41 cm de altura x 1,03 m x 48 cm")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173723", "256")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173723", " Cadeira Savanarola tamanho 93x55x75, rara")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173727", "257")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173727", " Medalhão em metal - Com ricos detalhes em alto relevo, porta aliança e paliteiro em estanho")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173708", "258")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173708", " Lote com 20 peças diversas, espessuradas à prata. Vários tamanhos, maior 28 cm")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173724", "259")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173724", " Fruteira espessurada a prata. 31 x 27 cm. Cálice espessurado a prata. 27 cm")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173738", "260")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173738", " Faqueiro de talheres, dourado, 37 peças")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173737", "261")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173737", " Mesa de centro em madeira embuia, 45x79x44 cm")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173746", "262")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173746", " Jogo com Bowl e bandeja fracalanza - 14x33 cm Bandeja 53x36 cm")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173732", "263")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173732", " Cadeira Savanarola tamanho 93x55x75, rara")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173728", "264")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173728", " Escultura italiana, em marmorite, avaliada em 4 mil Med 160 cm, rara")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173719", "265")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173719", " Espada decorativa de coleção, replica das espadas bárbaros, em metal prateado, com adornos e desenhos em relevo, suporte em madeira para pendura na parede, medindo aproximadamente 1,10 cm só a espada")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173717", "266")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173717", " Escultura cão boxer, em resina italiana 30x19x12,7 cm")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173726", "267")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173726", " Relógio de mesa em bronze, vidro de cristal transparente, à corda. Altura 40 cm, comprimento 37 cm largura 19 cm, raro")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173731", "268")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173731", " Samovar, em prata 90, importado USA, em metal espessurado a prata, 37 cm X 18 cm, produto guardado a anos, raro")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173745", "269")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173745", " Samovar em metal 52 DE ALTURA PESA 3,105kg")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173742", "270")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173742", " Relógio de mesa, Vesna - Importado USSR, 10x20 cm")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173744", "271")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173744", " Relógio feito de bronze, anos 70, 67x19x34. OBS (Falta um pesinho)")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173734", "272")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173734", " Balde para gelo, espessurado a prata, 20x27x20, mais jogo em banho de prata: 01 fruteira, 01 açucareiro, 01 porta copos, 01 cinzeiro em forma de cálice")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173743", "273")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173743", " Relógio Depose 1003, base em Mármore, genuíno, Carrara / importado Itália, 26x29x11")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173748", "274")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173748", " Relógio em madeira trabalhada 90 cm")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173741", "275")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173741", " Luminária em bronze, imagem de camelo. Altura. 30 cm")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173739", "276")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173739", " Escultura africana, em jacarandá africano. Importada, altura 20 cm ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173747", "277")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173747", " Crucifixo em marfim, Imagem sacra, importado da Europa, esculpida em Marfim,  33 x 19 cm, raro")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173730", "278")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173730", " Bandeja com 6 copos - Em metal pressurizada a prata, com detalhes, mais medalhão em metal, 39 cm")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173740", "279")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173740", " Licoreira e taças feitas em vidrão, bico de jaca, mais compoteira cristal, altura 25,5 cm e diâmetro 16 cm. OBS: pequeno bicado na borda")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173729", "280")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173729", " Medalhão de parede, em metal dourado, decorado em relevo. 32 cm")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173993", "281")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173993", " Jogo contemporâneo com 7 porta copos em vidro translúcido, com base estrelada e borda adornada em alumínio martelado. Med 9cm diâm x 1,5cm alt")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173997", "282")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173997", " Floreira em bronze, decorada com pavões coloridos. Dimensões: 26 cm X 10 cm")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173999", "283")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173999", " Medalhão de parede, em porcelana oriental, rica policromia em alto relevo, pintado a mão com detalhes em dourado. Marcada com selo vermelho, rara. Med. 33 cm alt")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173996", "284")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173996", " Candelabros, Ingleses, em cobre banho de prata, podem ser usados como castiçal, partes removíveis (46cm x 41cm)")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174001", "285")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174001", " Vaso de porcelana chinesa, com peanha, vaso mede 36cm de diâmetro e 40cm de altura com a peanha, raro")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174003", "286")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174003", " Jogo para bolo, importado gottingem ITALY, contendo um prato para servir (34,5cm), doze garfos em metal (15cm), uma espátula (24cm) e uma faca (22,5cm)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173991", "287")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173991", " Bandeja em metal Med. 58x32 cm.mais Saleiro e pimenteiro de metal prateado com cabos de madeira")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174004", "288")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174004", " Medalha Hering 100 anos, 1980,   Relógio antigo cavalo em metal e   um enfeite em metal dourado")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173994", "289")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173994", " Coleção com 4 Reloginhos de bolso")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174000", "290")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174000", " Lote com: Talheres antigos déc. 70 - 24 peças, 01 Garrafa para Whisky em demi Cristal, 01 Concha espessurada a prata e 01 Porta cigarros de metal prateado")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173995", "291")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173995", " Faqueiro Hércules com 123 peças")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173992", "292")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173992", " 14 pratos de sobremesa de louça importados inglesa")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173998", "293")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173998", " Bandeja em metal, galeria vazada. Med. 45x17 cm")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174002", "294")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174002", " Centro de mesa em madeira com pássaros em metal. Med. 12x30 cm")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174005", "295")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174005", " Escultura em bronze o Faizão, 32 cm")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174082", "296")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174082", " Saleiro e pimenteiro importado, perdiz - Gucci - Itália, aparentemente prata - comprimento 7cm, raro")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174073", "297")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174073", " Conjunto chines, Séc XIX período " Tao Kuang ", ao gosto Família Rosa, 12 pratos para bolo, em porcelana esmaltada a mão, padrão Mandarim. Com selo vermelho. Med 16 cm")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174074", "298")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174074", " Castiçais israelenses, em metal dourado, Med 19 cm")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174077", "299")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174077", " Centro de mesa SATZUMA, chines, em porcelana, ao gosto policromado e realçada a ouro, 25x27 cm . Peça marcada ao fundo,   um cinzeiro chinês, 13x16 cm")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174075", "300")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174075", " Bandeja, em metal espessurado à prata, 67x24x5 cm")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174087", "301")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174087", " Potiche importado em porcelana oriental , paisagens orientais, marcado no fundo. Medidas: 39,5 cm de altura x 58 cm de circunferência.")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174081", "302")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174081", " Faqueiro dourado, peças: 6 talhares de serviço, 12 colheres de chá, 5 colheres de sobremesa, 2 garfos de sobremesa, 9 garfos de mesa, 5 colheres de sopa e 5 facas de mesa. 44 peças")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174076", "303")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174076", " Potiche de coleção, no estilo chines, em porcelana, antigo. Med 26x20 cm")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174090", "304")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174090", " Estatua africana, pedra feita a mão, 13x18 cm. Antiga e rara. Obs: com discretíssimo bicado na calda")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174091", "305")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174091", " Colher importada, prata 90,   4 porta-ovos, em metal espessurado a prata, 13,5 X 4 cm.")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174088", "306")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174088", " Carrinho de chá, madeira maciça, torneadas, prateleira, 2 gavetas, raro. Alt:80 cm; larg: 80 cm; prof: 41 cm")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174083", "307")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174083", " Fruteira em madeira maciça. Alt: 90 cm; diam: 34 cm.")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174078", "308")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174078", " Bandeja em metal espessurado a prata. Medidas: 62,5 cm de comprimento x 40 cm de largura. (Banho novo)   1 tabuleiro com banho de níquel, retangular, Medidas: 47 cm de comprimento x 4,2 cm de largura da galeria central x 7,5 cm de altura")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174093", "309")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174093", " Jogo de talheres em metal espessurado, sem uso,   jogo de talheres, sem uso, em metal espessurado à prata, com 03 peças")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174068", "310")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174068", " Jogo de chá e café em metal banhado a prata")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174070", "311")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174070", " Tampas de garrafa, prata de lei 925, Peru e 1 tampa redonda de metal prateado")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174072", "312")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174072", " Conjunto de Bebidas com Balde de gelo, apliques de metal e conjunto de serviço em prata 90 com dosador, pinça e misturador. Marca: BELINI")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174080", "313")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174080", " Balança de precisão, importada Sartorius Werke, fabricado pela Gottingen por volta de 1930")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174085", "314")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174085", " Escultura feminina, avaliada em R$5.000, em pó de marmore, 1,56m total. Escultura 1m, base: 56cm")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174086", "315")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174086", " 2 pequenas salvas, em prata de lei")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174071", "316")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174071", " Moldura em bronze, com furos de fixação, retangular. 80cm x 1,70m. (Sem espelho)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174092", "317")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174092", " 5 taças para champagne, em cristal semi translúcido, altura 17 cm")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174089", "318")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174089", " Bandeja produzida princípio do século XX, em metal prateado, medidas 51X23 cm")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174084", "319")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174084", " Penteadeira Chipandelle, decada de 70, com banqueta estofada. 1,52 x 1,12 x 0,43 cm")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174094", "320")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174094", " Prato Decorativo importado, p/ móvel ou parede, em porcelana inglesa, YORKSHIRE - SR STAFFORDSHIRE - ENGLAND")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174069", "321")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174069", " Prato de coleção porcelana ALEMÃ, fio de ouro, 26cm diâmetro,   1 Prato recordação porcelana, diâmetro: 25cm")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174079", "322")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174079", " Escultura feminina, em pó de marmore, avaliada em R$5.000. 1,52m total. Escultura 76cm e base 76cm")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174780", "323")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174780", " Telefone antigo")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174776", "324")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174776", " Telefone antigo, feito em madeira carvalho, em excelente estado, peça que segura o fone faltando pedaço, 45 cm de altura")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174781", "325")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174781", " Relógio Swatch Swiss, suíço, com horas de diversos países, original")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174774", "326")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174774", " 08 esculturas indianas, de madeira.Tamanhos entre 6 cm / 8 cm")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174775", "327")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174775", " Poncheira com concha e 12 xícaras")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174784", "328")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174784", " Jeep Fire Command Car, da T.N, importado do Japão, com a caixa original, muito bom estado de conservação, peça rara")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174785", "329")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174785", " 06 relógios diversos - sem garantia de funcionamento - necessita bateria")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174782", "330")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174782", " Lote de relógios diversos - sem garantia de funcionamento - necessita bateria")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174777", "331")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174777", " 06 relógios diversos - sem garantia de funcionamento - necessita bateria")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174778", "332")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174778", " Luminaria e relógio de mesa, 14 cm x 19 cm. Imaginarium")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174779", "333")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174779", " Telefone raro, anos 70, em plástico cromado e mecanismo. Caixa de acrílico, medidas: 24 cm comp x 14,5 cm larg x 19 cm alt.")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174783", "334")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174783", " 06 taças Bohemia. Medidas 21 cm alt x 06 cm diâmetro, sem uso")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174794", "335")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174794", " Escultura elefante Africano, importado da Itália, em resina policromada, base de madeira. Medidas: 36 cm x 30 cm x 25 cm")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174786", "336")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174786", " Escultura magistrado. Alt: 11 cm, base de pedra forma de livro, em bronze maciço dim.: 2 cm x 9 cm x 12,5 cm")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174795", "337")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174795", " Escultura cavalo, importada da índia, bronze maciço, dim.: 14 cm x 18 cm")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174792", "338")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174792", " Ferramenta da década de 80, importada de Taiwan, série L 250, em metais nobres, rara")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174796", "339")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174796", " Enfeite Jacaré taxidermia, muito bem conservado, 28 cm por 62 cm, raro")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174790", "340")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174790", " Conjunto oriental, em palha trançada e resinada, 23 porta copos (diam. 11 cm), 26 pratinhos (diam. 16 cm), 05 pratos quadrados (20 cm x 20 cm), 02 bandejas retangulares (35 cm x 30 cm). Total 56 peças")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174788", "341")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174788", " Coleção com 20 miniaturas de cavalos de corrida, década de 80, com jóqueis em chumbo, policromada, no estojo de madeira com divisórias. OBS: 02 miniaturas faltando uma perna")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174793", "342")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174793", " Cloisonné Oriental, pavão, com peanha original em madeira e estojo original. Em excelente estado.   02 esculturas de madeira elefantes. 20 cm e 10 cm")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174789", "343")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174789", " lhamas em bronze, 7 cm alt x 5 cm.   02 sinetas antigas, religiosa, maior comprimento: 9 cm")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174787", "344")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174787", " Placa tailandesa, importada, em madeira nobre patinada, esculpida e pintada a mão, entalhada, realçada a prata. Med 18 cm x 100 cm")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174791", "345")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174791", " Escultura chinesas p/ restauro")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175104", "346")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175104", " Massageador relaxmedic, funciona perfeitamente ")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175116", "347")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175116", " Máquina de costura antiga, manivela")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175109", "348")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175109", " Taxidermia de gavião carcará, 50 cm de altura, 60 de comprimento, raro ")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175118", "349")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175118", " Estante / porta bibelô em madeira maciça, feita em 1970, medindo 222 cm x 91 cm x 52 cm")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175117", "350")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175117", " Galheteiro em madeira e porcelana, com talheres, medida: 15 cm /24 cm")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175113", "351")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175113", " Coleção de 05 esculturas em resina. aves importadas da Itália")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175111", "352")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175111", " Relógio De Cordas 75 cm de altura")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175106", "353")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175106", " Vaso em metal nobre, laqueado, ouro velho, avaliado 2 mil reais. Tamanho:188 cm altura, raro")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175114", "354")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175114", " Jogo para café 13 peças, metal dourado,   porta caixa de fosforo, samurai de metal")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175123", "355")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175123", " Relógio de mesa em metal, francês, Século XIX. Avaliado em 5 mil reais, (aparente banhado). Medida: 45 cm de altura x 15 cm de profundidade x 50 cm largura; relógio completo com pêndulo, máquina e chave")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175129", "356")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175129", " 02 minis esculturas da África, em marfim, representando touro e tigre. 33 mm x 35 mm x 28 mm")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175108", "357")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175108", " Carruagem, abóbora grande. Cinderela, década de 80, em madeira com cortinas, rara, muito bem conservada")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175115", "358")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175115", " Anfora de porcelana, importada oriental, 29 cm x 8,5 cm x 33 cm de altura")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175105", "359")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175105", " Relógio de mesa ,Westclox, em Jacarandá, 20 cm x 18 cm, não funciona")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175110", "360")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175110", " Carrinho para bebida, em madeira nobre. 84 cm x 87 cm x 53 cm")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175107", "361")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175107", " Coleção com 28 miniaturas de cavalos de corrida, década de 80, com jóqueis em chumbo, policromada")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175126", "362")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175126", " Espada importada do Japão, em aço inoxidável, 78 cm")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175124", "363")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175124", " Conjunto em faiança, decada de 80")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175128", "364")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175128", " 02 Tankards, circa de 1940, raras")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175125", "365")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175125", " Relógio de mesa italiano, patinado a ouro. Med 70 cm x 33 cm x18 cm")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175121", "366")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175121", " 02 bandejas em metal espessurado à prata, 52 cm, bandeja avarandada. 32 cm")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175122", "367")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175122", " Buffet aparador, década de 1930, manuelino, (um pé solto, só apenas parafusar, parte de cima solta, falta apenas um.pino). Altura 123 cm comprimento, 137 cm x 62 cm largura")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175120", "368")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175120", " Mesa da década de 1930/40, manuelino, tampo retangular com tábua para extensão de comprimento. Altura 84 cm, comprimento 190 cm, largura 119 cm")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175127", "369")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175127", " Bandeja espessurado à prata, com espelho 38 cm, espelho com marcas do tempo")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175119", "370")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175119", " Faqueiro Hércules com 58 peças")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175112", "371")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175112", " Poncheira lapidada à mão, 12 canecas, poncheira e concha. Alt. 26 cm")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175132", "372")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175132", " Mesa manuelino, madeira nobre com 4 cadeiras")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175131", "373")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175131", " Chifre de cervo suíço, em resina com brazão em madeira. (30 cm de altura)")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175130", "374")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175130", " Aparador com espelho, em bronze, 17 cm x 55 cm x 16 cm, 60 cm x 45 cm")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175134", "375")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175134", " Escultura importada, tartaruga, madeira nobre. Aproximadamente 90 cm de altura")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175133", "376")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175133", " Fogão elétrico cooktop, Top Chef Basic, preto, funcionando perfeitamente")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175394", "377")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175394", " Coleção livros Great Books of the Western World, 48 volumes")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175399", "378")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175399", " Coleção livros Círculo do livro, com 530 livros raros")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175398", "379")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175398", " Coleção 70 ª Aniversário Da Segunda Guerra Mundial, Completa com livros e dvds")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175397", "380")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175397", " Coleção com 360 cards de Basquete (NBA) e 72 cards Marvel, Homem Aranha entre outros, raro")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175405", "381")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175405", " Coleção com mais de 400 cards do Campeonato de Futebol Italiano")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175401", "382")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175401", " Livros coletânea Das Leis De Comércio Exterior, 34 volumes")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175400", "383")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175400", " 232 forminhas para empadas, salgados e doces, em alumínio de diversos modelos e tamanhos")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175396", "384")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175396", " Relógio de parede Tagus Sincro - Elétrico, funcionando, caixa em metal bem conservada, vidro bombe, mede 36 cm de diâmetro x 7,5 cm de profundidade")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175395", "385")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175395", " Espelho antigo")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175404", "386")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175404", " Massageador, funciona perfeitamente, porém um lado precisa manutenção")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175402", "387")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175402", " 02 Tapetes elegance plus, tabacow, 0,50 cm X 0,90 cm ")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175406", "388")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175406", " Câmera IP Pantilt wifi PSP Services, câmera de vigilância, pode ser controlada por app")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175403", "389")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175403", " 02 instrumentos EDITORA SALVAT - Mini Contra baixo e Mini Viola da gamba, coleção publicada pela editora Salvat")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176320", "390")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176320", " Betty Boop policial da coleção Show collection, Editora Salvat.   02 instrumentos Editora Salvat - Mini contra baixo e mini viola da gamba")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176329", "391")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176329", " 05 taças em vidro francês, LUMINARC. 8 cm   05 Taças em cristal incolor")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176309", "392")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176309", " 06 descansos para talheres, produzidos em metal espessurado a prata")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176313", "393")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176313", " Kit mergulho - fotografia submarina, subaquática, marca Sea ")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176323", "394")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176323", " Porta guardanapos, produzido em bronze, maior comprimento: 21,5 cm")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176324", "395")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176324", " Escultura elefante, em bronze maciço, 26 cm alt x 30 cm comp x 15 cm larg")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176312", "396")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176312", " Escultura elefante, em resina, tamanho: 30 cm")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176314", "397")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176314", " Ânfora, década de 80, em metal, excelente estado de conservação")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176310", "398")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176310", " Escultura cobra, muito realista, importada da Indonésia, em madeira entalhada, 100 cm x 50 cm")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176321", "399")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176321", " Licoreira em pedra sabão, total de 08 peças. Garrafa 25 cm de altura")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176325", "400")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176325", " Ânfora gigante portuguesa, em faiança, tamanho: 80 cm de altura")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176319", "401")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176319", " Hikvision portable video recorder, dvd, hdmi, funcionando, não acompanha cabo de força")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176326", "402")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176326", " Bicicleta antiga Caloi garicke")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176311", "403")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176311", " Bicicleta gt avalanche")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176342", "404")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176342", " Bicicleta antiga caloi infantil")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176317", "405")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176317", " Coleção de montar, fascículos t rex, da salvar, com 50 revisitas")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176331", "406")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176331", " Vitrola Sonata, em bom estado de conservação, ligando, rara")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176328", "407")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176328", " Vestuário proteção de isolação, fogo, radiação do calor")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176318", "408")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176318", " Violão")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176333", "409")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176333", " Balança antiga fisola")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176334", "410")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176334", " Microscópio Kyowa Tokyo, bem conservado")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176341", "411")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176341", " Escudo anti-tumulto da marinha, raro")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176353", "412")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176353", " Escultura de cervo em bronze maciço")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176330", "413")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176330", " Relógio Swatch Swiss importado da Suíça, com horas de diversos países, original")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176344", "414")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176344", " 02 colheres de parede, em madeira. 56 cm")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176322", "415")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176322", " Projetor LCD Sharp Vision XV-S55U")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176351", "416")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176351", " 34 máquinas de escrever")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176315", "417")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176315", " Lote de meia calça, 90 pares ")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176352", "418")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176352", " Lote de meia calça, 100 pares ")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176339", "419")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176339", " Lote de camisa infantil. 140 camisas sem uso")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176343", "420")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176343", " Lote de meia calça, 100 pares ")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176316", "421")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176316", " Lote de meia calça, 90 pares ")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176355", "422")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176355", " Ponte de ponto de acesso, Cisco Aeronet BR 1310G")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176340", "423")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176340", " 03 Bobinas de ignição, Tiguan 2.0 / Amarok 2.0 TSI 30667 - Bobina de ignição Jetta 2.5, 2006, 2007, 2008, 2009, 2010 - Bobina de ignição Tiguan 2.0/ Amarok 2.0 TSI (todas sem uso)")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176327", "424")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176327", " Calibrador de ar - no estado, não testado")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176345", "425")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176345", " Lote com 05 monitores: 01 Monitor Dell funcionando perfeitamente, 01 monitor Samsung, funcionando perfeitamente, 01 monitor Samsung, 01 monitor AOC, 01 monitor Lenovo")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176348", "426")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176348", " Applaince Cisco 1905, retirada do local funcionando")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176337", "427")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176337", " Appliance Enterasys S3, retirada do local funcionando")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176335", "428")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176335", " WS-C4507R-E Cisco 4500 Switch, aparelho retirado em funcionamento mas ficou um tempo parado")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176357", "429")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176357", " 10 Microfones, marca JWL, modelo WMA-6110, sem testes")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176360", "430")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176360", " Espremedor de laranja, Industrial, Skymsen, funcionando perfeitamente, sem os acessórios")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176349", "431")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176349", " 02 cilindros usados")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176336", "432")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176336", " Evaporadora Philco, sem uso, na caixa e sem testes de funcionamento")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176347", "433")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176347", " Pneu 100/90 B19 Michelin Scorcher 31 Harley Davidson")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176354", "434")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176354", " Pneu de moto Harley Davidson, 130/60b19 dunlop")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176338", "435")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176338", " 65 Equipamentos odontológicos")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176346", "436")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176346", " 02 Picadores de papel, funcionando perfeitamente")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176332", "437")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176332", " 04 Máquinas de tricô e crochê: Singer, Brother, Lanofix e Elgin")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176359", "438")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176359", " Catraca, marca Henry, sem testes de funcionamento")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176356", "439")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176356", " Condensadora Consul, sem testes de funcionamento")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176361", "440")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176361", " Banho-maria Roner compact")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176358", "441")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176358", " Alarmes de ré, para caminhão, 32 alarmes sem uso, sem teste de funcionamento")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176362", "442")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176362", " 36 discos de policortes")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176350", "443")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176350", " Alarmes de ré, para caminhão, 32 alarmes sem uso, sem teste de funcionamento")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178931", "444")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178931", "Sala de Jantar, Renascença Italiana, com ricas esculturas de busto de moça, frutas e pés pata de leão, cadeiras com acabamento em couro lavrado e tachas em bronze, madeira maciça em Jacarandá e Imbuia, completa com 12 pçs")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>