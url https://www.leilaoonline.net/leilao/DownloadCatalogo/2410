--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173510", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173510", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>52.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173167", "016")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173167", "veja o vídeo!! HONDA/CITY EX CVT; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173144", "017")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173144", "veja o vídeo!! HYUNDAI/HB20X 1.6A STYLE; 2016/2017; MARROM; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 66.057,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172808", "018")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172808", "veja o vídeo!! CHEV/TRACKER 12T A PR; 2020/2021; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>74.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172885", "019")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172885", "veja o vídeo!! HONDA/WR-V EXL CVT; 2021/2021; AZUL; ALCO./GASOL. - FUNC. - IPVA 2023 OK - FIPE R$ 101.953,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172822", "020")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172822", "veja o vídeo!! NISSAN/VERSA 10; 2015/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172821", "021")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172821", "veja o vídeo!! TOYOTA/YARIS HB XL 13 AT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172886", "022")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172886", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 34.400KM - FIPE R$ 114.558,00")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>58.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172823", "023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172823", "veja o vídeo!! HONDA/FIT LX CVT; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 6.800KM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172805", "024")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172805", "veja o vídeo!! VW/VIRTUS HL AD; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>48.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172833", "025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172833", "veja o vídeo!! VW/T-CROSS CL TSI AD; 2019/2020; MARROM; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK- APROX. 26.400KM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172811", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172811", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 185.652,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>116.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172818", "027")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172818", "veja o vídeo!! TOYOTA/ETIOS SD XS; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172810", "028")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172810", "veja o vídeo!! CHEVROLET/ONIX 1.0MT LT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172817", "029")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172817", "veja o vídeo!! I/HYUNDAI SANTA FE V6; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172819", "030")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172819", "HYUNDAI/CRETA 16A ACTION; 2022/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 6.500KM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>63.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172816", "031")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172816", "CHEV/SPIN 1.8L AT LTZ; 2017/2018; CINZA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172815", "032")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172815", "veja o vídeo!! VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172814", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172814", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 24.300KM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172804", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172804", "veja o vídeo!! FIAT/STRADA WORKING; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172812", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172812", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172807", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172807", "veja o vídeo!! CHEV/ONIX PLUS 10TAT LT1; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 8.500KM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172820", "037")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172820", "veja o vídeo!! HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172835", "038")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172835", "I/PEUGEOT 208 ALLURE 1AT; 2021/2022; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 25.000KM")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172799", "039")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172799", "veja o vídeo!! I/MMC OUTLANDER COMFORT; 2017/2018; CINZA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172802", "040")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172802", "veja o vídeo!! FIAT/FIORINO IE; 2005/2005; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172809", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172809", "veja o vídeo!! I/CHEVROLET AGILE LTZ; 2010/2011; PRATA; ALCO.GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 72.000KM")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172824", "042")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172824", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>34.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172813", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172813", "veja o vídeo!! YAMAHA/DT 180 Z; 1990/1990; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172887", "044")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172887", "M.BENZ313CDI/SPRINTERF; 2005/2006; VERMELHA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172881", "045")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172881", "veja o vídeo!! I/VW AMAROK CD 4X4 SE; 2013/2014; PRETA; DIESEL")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172798", "046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172798", "veja o vídeo!! FIAT/FIORINO FLEX; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>29.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172882", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172882", "veja o vídeo!! VW/NOVO GOL TL MCV; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE: 45.385,00")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172834", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172834", "FIAT/SIENA EL 1.0 FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172825", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172825", "veja o vídeo!! FIAT/UNO ECONOMY 1.4; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172800", "050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172800", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172884", "051")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172884", "veja o vídeo!! DAFRA/CITYCOM 300I; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172803", "052")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172803", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172879", "053")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172879", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172883", "054")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172883", "veja o vídeo!! TOYOTA/ETIOS HB XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173142", "055")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173142", "veja o vídeo!! I/SUZUKI SX4 4WD; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173139", "056")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173139", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172878", "057")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172878", "TOYOTA/COROLLA XEI20FLEX; 2018//2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172880", "058")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172880", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172895", "059")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172895", "veja o vídeo!! DAFRA/CITYCOM 300I; 2011/2012; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172889", "060")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172889", "veja o vídeo!! I/CITROEN C4PIC EXC A 7L; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172890", "061")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172890", "I/HONDA CBR 600RR; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - APROX. 56.000KM")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172891", "062")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172891", "PEUGEOT/207PASSION XS A; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172888", "063")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172888", "veja o vídeo!! I/CITROEN JUMPY FURGAOPK; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - APROX. 16.000KM")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172826", "064")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172826", "veja o vídeo!! FORD/KA SE 1.0 HA C; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172894", "065")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172894", "YAMAHA/MT-03; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172892", "066")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172892", "I/CHEV SONIC LT HB MT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172836", "067")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172836", "PEUGEOT/206 14 PRESEN FX; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172801", "070")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172801", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172893", "071")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172893", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172827", "079")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172827", "veja o vídeo!! RENAULT/SANDERO AUT1016V; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>10.850,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172829", "101")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172829", "veja o vídeo!! I/VW AMAROK CD 4X4 HIGH; 2012/2012; PRETA; DIESEL - FUNCIONANDO - IPVA 2023 PAGO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172828", "109")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172828", "CITROEN/C3 GLX 14 FLEX; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>12.800,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...761 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172830", "119")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172830", "veja o vídeo!! HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...1086 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172831", "350")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172831", "veja o vídeo!! JOGO DE RODAS COM PNEUS ARO 17 COM PNEUS 205/40")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>