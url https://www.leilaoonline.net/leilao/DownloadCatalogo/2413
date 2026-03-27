--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172775", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172775", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2019/2020; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE R$ 177.000,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172839", "018")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172839", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>181.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172786", "019")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172786", "veja o vídeo!! I/NISSAN FRONTIER XGEAR; 2021/2022; PRETA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 26.100KM - FIPE R$ 233.845,00 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172838", "021")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172838", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>182.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172778", "025")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172778", "veja o vídeo!! CHEV/TRAILBLAZER LT D4A; 2017/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 193.167,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172774", "026")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172774", "MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>32.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172840", "030")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172840", "CAMINHÃO IVECO DAI MOD T3510B; 1999/1999; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172837", "036")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172837", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>177.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173822", "040")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173822", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>34.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172841", "056")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172841", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>182.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172792", "057")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172792", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172842", "061")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172842", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...57 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172846", "064")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172846", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172847", "066")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172847", "CAMINHÃO FORD/CARGO 712; 2009/2009; PRATA; DIESEL; PLATAFORMA GUINCHO - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>122.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...286 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172848", "067")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/172848", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>