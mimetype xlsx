--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177194", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177194", " Caminhão VW 13.180 2005 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177192", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177192", " Ford Fiesta 1.0 - completo - 2006/2007 - Recuperado ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177188", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177188", " VW Gol G4 1.0 2007/2008 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177193", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177193", " VW Gol G5 1.6 2010/2011 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177189", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177189", " VW Gol G5 1.6 2010/2011 ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177195", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177195", " VW Saveiro 1.6 CS - 2011/2012 ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177187", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177187", " Mitsubishi L200 4x4 1994/1995")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177191", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177191", " Honda CG 125 FAN 2007/2008")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...94 lines deleted...]
-      </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177190", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177190", " Honda CG 125 FAN KS 2010/2010")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>