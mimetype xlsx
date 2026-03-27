--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174408", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174408", " SISTEMA DE VENTILAÇÃO COM MOTOR 7,5CV DE 870RPM9 TODAS AS LIGAÇÕES- FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174409", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174409", " MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174412", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174412", " MOTO REDUTOR 100/1 COM ÓLEO NOVO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174411", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174411", " REDUTOR DE ROSCA SEM FIM DE 15/1 - SEMI NOVO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174413", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174413", "[ VÍDEO ] REDUTOR DE 4.8 X1")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174414", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174414", " BOMBA DE CONCRETO ZOOMLION HBT90.18 195RSU")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174421", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174421", " BOMBA DE CONCRETO SP 2000 SCHWING ANO:2012. CAMINHÃO E ENCANAMENTO NÃO ACOMPANHA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>279.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174410", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174410", " CONJUNTO GERADOR MAIS MULTIPLICADOR E MAIS INÉRCIA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174415", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174415", "[ VÍDEOS ][ LANCES POR QUILO ] APROX. 5 TONELADAS DE BUXAS PONTAS DE EIXOS E ETC")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174420", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174420", " COMPREENSOR DE AR USADO: BOMBA DE CONCRETO E OUTROS MARCA SCHULZ  ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174416", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174416", " MÓDULO ECM VOLVO MODELO: 21300122 P05ORIGINAL. SEM USO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174419", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174419", " MÓDULO ECM MOTOR VOLVO FH D-13 MODELO: 22346792 ORIGINAL SEM USO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174417", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174417", " MÓDULO DE SOM AMPLIFICADOR  MARCA: ROCKFORD FOSGATE  ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174418", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174418", " MÓDULO DE SOM  MARCA: ROCKFORD FOSGATE  MODELO: POWER 500.1 1 CANAL MONO 24DB/8 EM FUNCIONAMENTO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174422", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174422", " MÓDULO DE SOM AMPLIFICADOR  MARCA: ROCKFORD FOSGATE  ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174424", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174424", " MÓDULO E SENSOR CÂMBIO ALISSON AUTOMÁTICO 3000 APLICAÇÃO: TIPO 3000")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174425", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174425", " DIFERENCIAL DE CAMINHÃO  MARCA: MERCEDES BENZ  MODELO: HL7 CUBO REDUTOR RELAÇÃO: 24X29 ANO: 2011 BOM ESTADO OPERACIONAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...238 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.350,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174423", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174423", " DIFERENCIAL CAMINHÃO/ ÔNIBUS  MARCA: VOLVO  MODELO: FV858 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174426", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174426", " CAIXA REDUZIDA CÂMBIO EATON FULLER RT7608LL REVISADA COMPLETA  ANO:2010 POSSUI SENSOR VÁLVULA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174427", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174427", "[ VÍDEOS ][ LANCES POR QUILO ] APROX. 5 TONELADAS DE BUXAS PONTAS DE EIXOS E ETC")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174428", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174428", "[ VÍDEOS ][ LANCES POR QUILO ] APROX. 5 TONELADAS DE BUXAS PONTAS DE EIXOS E ETC")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>