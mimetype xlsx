--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173651", "180")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173651", " 1 UNIDADE - MOEDOR DE MADEIRA, MARCA HUSMANN MODELO GT1750 - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173661", "181")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173661", " 1 UNIDADE - CÂMARA DE COMBUSTÃO UTILIZADA EM USINAS DE ASFALTO - LOC. PORTO ALEGRE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173645", "182")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173645", " 1 UNIDADE - CÂMARA DE COMBUSTÃO UTILIZADA EM USINAS DE ASFALTO - LOC. PORTO ALEGRE")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173655", "183")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173655", " 1 UNIDADE - CÂMARA DE COMBUSTÃO UTILIZADA EM USINAS DE ASFALTO - LOC. PORTO ALEGRE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173666", "184")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173666", " 1 UNIDADE - CÂMARA DE COMBUSTÃO UTILIZADA EM USINAS DE ASFALTO - LOC. PORTO ALEGRE")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173649", "185")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173649", " 1 UNIDADE - CÂMARA DE COMBUSTÃO UTILIZADA EM USINAS DE ASFALTO - LOC. PORTO ALEGRE")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173657", "186")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173657", " 1 UNIDADE - COMPRESSOR SCHULZ 40PCM 50HZ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173640", "187")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173640", " 1 UNIDADE - COMPRESSOR SCHULZ 40PCM 50HZ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173644", "188")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173644", " 1 UNIDADE - COMPRESSOR SCHULZ 40PCM 50HZ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173642", "189")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173642", " 1 UNIDADE - COMPRESSOR SCHULZ 40PCM 50HZ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173653", "190")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173653", " 1 UNIDADE - COMPRESSOR SCHULZ 40PCM 50HZ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173650", "191")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173650", " 1 UNIDADE - COMPRESSOR SCHULZ 40PCM 50HZ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173643", "192")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173643", " 1 UNIDADE - COMPRESSOR SCHULZ 40PCM 50HZ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173641", "193")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173641", " 1 UNIDADE - ESTR REFÇ EA STA 50P SD CJ - LOC. PORTO ALEGRE/ES    ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173646", "194")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173646", " 1 UNIDADE - ESTR REFÇ EA STA 50P SD CJ - LOC. PORTO ALEGRE/ES    ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173648", "195")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173648", " 1 UNIDADE - ESTR REFÇ EA STA 50P SD CJ - LOC. PORTO ALEGRE/ES    ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173663", "196")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173663", " 1 UNIDADE - ESTR REFÇ EA STA 50P SD CJ - LOC. PORTO ALEGRE/ES    ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173672", "197")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173672", " 1 UNIDADE - ESTR REFÇ EA STA 50P SD CJ - LOC. PORTO ALEGRE/ES    ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173662", "198")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173662", " 1 UNIDADE - TRANSPORTADOR HELICOIDAL COM MOTOR SEW. - TS WAM TU 219/2997 60HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173652", "199")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173652", " 1 UNIDADE - TRANSPORTADOR HELICOIDAL COM MOTOR SEW. - TS WAM TU 219/2997 60HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173654", "200")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173654", " 1 UNIDADE - TRANSPORTADOR HELICOIDAL COM MOTOR SEW. - TS WAM TU 219/2997 60HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173665", "201")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173665", " 1 UNIDADE - TRANSPORTADOR HELICOIDAL COM MOTOR SEW. - TS WAM TU 219/2997 60HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173660", "202")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173660", " 1 UNIDADE - TRANSPORTADOR HELICOIDAL COM MOTOR SEW. - TS WAM TU 219/2997 60HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173658", "203")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173658", " 1 UNIDADE - TRANSPORTADOR HELICOIDAL COM MOTOR SEW. - TS WAM TU 219/2997 60HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173664", "204")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173664", " 1 UNIDADE - TRANSPORTADOR HELICOIDAL COM MOTOR SEW. - TS WAM TU 219/2997 60HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173667", "205")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173667", " 1 UNIDADE - SOPRADOR RR 630 C/ MOTOR 50HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173656", "206")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173656", " 1 UNIDADE - SOPRADOR RR 630 C/ MOTOR 50HZ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173659", "207")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173659", " 1 UNIDADE - CILINDRO HIDRAULICO D127X90X1750 - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173647", "208")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173647", " 1 UNIDADE - CILINDRO HIDRAULICO D127X90X1750 - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173670", "209")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173670", " 1 UNIDADE - VÁLVULA DE  EMERGÊNCIA COMPLETO PARA SISTEMAS MODELO  D750 MTD CJ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173671", "210")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173671", " 1 UNIDADE - VÁLVULA DE  EMERGÊNCIA COMPLETO PARA SISTEMAS MODELO  D750 MTD CJ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173668", "211")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173668", " 1 UNIDADE - VÁLVULA DE  EMERGÊNCIA COMPLETO PARA SISTEMAS MODELO  D750 MTD CJ - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173669", "212")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/173669", " 1 UNIDADE - SEGMENTO 4 TUBULAR PARA SISTEMAS C202 SD CJ. - LOC. PORTO ALEGRE/ES")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>