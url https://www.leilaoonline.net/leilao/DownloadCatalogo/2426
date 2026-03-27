--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174039", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174039", " RETROESCAVADEIRA NEW HOLLAND – MODELO: LB 90 – ANO: 2009 – TRAÇÃO 4X2 NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174040", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174040", " RETROESCAVADEIRA JCB – MODELO: 3C – ANO: 2010 – TRAÇÃO 4X4. OBS.: SEM MOTOR; TEM OS DOIS EIXOS (PORÉM O DIREITO FALTA PEÇAS). NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174044", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174044", " BAÚ PARA UNIDADE MELOSA; BOM ESTADO DE CONSERVAÇÃO; TEM ARMÁRIOS; TAMBORES; RESERVATÓRIO DE ÓLEO E SUPORTES. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174041", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174041", " RETROESCAVADEIRA JCB – MODELO: 3C – ANO: 2011 – TRAÇÃO 4X4 OBS.: SEM MOTOR NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174043", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174043", " RETROESCAVADEIRA NEW HOLLAND – ANO: 2012 – TRAÇÃO 4X4. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174042", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174042", " BETONEIRA INDUSTRIAL; TRABALHANDO NORMALMENTE; COM MOTOR TRIFÁSICO; TODA REFORÇADA; FERRO FUNDIDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174045", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174045", " MITSUBISHI PAJERO – MODELO: SPORT HPE – ANO: 2008/2009 – TRAÇÃO: 4X4; PL.: FINAL: 7; ; AUTOMÁTICA; DIESEL; COMPLETA C/ BANCOS DE COURO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174046", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174046", " TRATOR NEW HOLLAND – MODELO: TL75 – ANO: 2005 – TRAÇÃO 4X4; TRABALHANDO; COM COMANDO TRASEIRO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174047", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174047", " VASSOURÃO INDUSTRIAL – OPERACIONAL; PARA USO EM ASFALTO; OBS.: PRECISA TROCAR O REFIL DAS VASSOURAS NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174048", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174048", " FIAT SIENA 1.0 8V – ANO: 2008/2008; PL.: FINAL: 5;  COMPLETO; SEM DIREÇÃO; FUNCIONANDO; FLEX E GNV NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174050", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174050", " AMAROK CABINE DUPLA – TRAÇÃO: 4X4 – ANO: 2014 – COMPLETA; PL.: FINAL: 2; ; BANCOS DE COURO; *SOM ORIGINAL; RODAS DE LIGA LEVE; CÂMBIO MANUAL; DIESEL NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174049", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174049", " PATROL MOTONIVELADORA CATERPILLAR – MODELO: 120G; COM MOTOR; PARTE DIANTEIRA COMPLETA; TRANSMISSÃO E CAIXA DESMONTADA; TEM 4 RODAS NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174051", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174051", " VW KOMBI – ANO: 2007/2008; PL.: FINAL: 7;  REFRIGERADA A ÁGUA; OBS.: SEM CÂMBIO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174052", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174052", " AMAROK CABINE SIMPLES – ANO: 2017 – TRAÇÃO 4X4; PL.: FINAL: 4;  CARROCERIA DE MADEIRA NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174053", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174053", " NISSAN FRONTIER XE – CABINE DUPLA – ANO: 2007 – TRAÇÃO: 4X4; PL.: FINAL: 5;  KM: 66800; OBS.: FUNCIONANDO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174057", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174057", " MÁQUINA CORTE DE PISO – MOTORES ELÉTRICOS E A GASOLINA – BOMBAS VIBRADORAS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174054", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174054", " LÂMINA PARA TRATOR AGRÍCOLA COMPLETA; COMANDO HIDRÁULICO; PISTÕES; LÂMINA EM ÓTIMO ESTADO; RECÉM-PINTADA. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174056", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174056", " VIBROACABADORA RODOVIÁRIA CIFALI – SUPER – MODELO: SA14; DESMONTADA; NÃO TEM MOTOR; COM CAIXA DE CÂMBIO; FALTANDO PEÇAS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174055", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174055", " CARREGADEIRA HYUNDAI – MODELO: HL757/7A – ANO: 2013; MOTOR CUMMINS; TODA OPERACIONAL; FUNCIONANDO; ÚNICO DONO COM NOTA FISCAL DE ORIGEM. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174058", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174058", " TRATOR NEW HOLLAND – MODELO: TT4030 – ANO: 2013 – TRAÇÃO 4X4; DIFERENCIAIS COMPLETOS; MOTOR COM BOMBA INJETORA. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174059", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174059", " SEMI-REBOQUE – CARRETA CAÇAMBA – ANO: 2011; PISTÃO NOVO; SUSPENSOR DE EIXO; SEM PNEUS; TRABALHANDO; BOM ESTADO DE CONSERVAÇÃO. NO ESTADO EM QUE SE ENCONTRA . Caminhão não faz parte do lote. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>